--- v0 (2025-10-07)
+++ v1 (2026-01-15)
@@ -108,260 +108,243 @@
       </w:pPr>
       <w:r w:rsidRPr="007B5B2F">
         <w:t>Manual Serious Occurrence Report</w:t>
       </w:r>
       <w:r w:rsidR="000A150F">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5B2F">
         <w:t xml:space="preserve"> Business Process</w:t>
       </w:r>
       <w:r w:rsidR="000A150F">
         <w:t xml:space="preserve"> and Form</w:t>
       </w:r>
       <w:r w:rsidR="00B93E59">
         <w:t xml:space="preserve"> – Healthy Babies Healthy Children</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218B79C4" w14:textId="4B34047C" w:rsidR="00716747" w:rsidRPr="000A150F" w:rsidRDefault="00623AAE" w:rsidP="000A150F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
         <w:t>Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC47DC3" w14:textId="4AC90EC5" w:rsidR="003509E7" w:rsidRDefault="003509E7" w:rsidP="007B3895">
-[...146 lines deleted...]
-      <w:r w:rsidR="002A062B" w:rsidRPr="005A12E9">
+    <w:p w14:paraId="28CFE31C" w14:textId="09052D45" w:rsidR="00DB4B2A" w:rsidRPr="00C31A7D" w:rsidRDefault="0061415D" w:rsidP="00C31A7D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>However</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A062B">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002A062B">
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Serious Occurrence Report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467C30">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>at this time</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002A062B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Public Health Units </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467C30">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SORs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467C30">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be reported within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Serious Occurrence Reporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Residential Licensing (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467C30">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SOR-RL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467C30">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> system, including outside of business hours.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31A7D" w:rsidRPr="00C31A7D">
+        <w:t xml:space="preserve">The manual SOR </w:t>
+      </w:r>
+      <w:r w:rsidR="0076078D">
+        <w:t xml:space="preserve">form </w:t>
+      </w:r>
+      <w:r w:rsidR="00255A2B">
+        <w:t xml:space="preserve">for Healthy Babies, Healthy Children services </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31A7D" w:rsidRPr="00C31A7D">
+        <w:t xml:space="preserve">is to be used by </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5D70">
+        <w:t xml:space="preserve">HBHC </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31A7D" w:rsidRPr="00C31A7D">
+        <w:t>service providers to submit an SOR to the ministry when the SOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31A7D" w:rsidRPr="00C31A7D">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31A7D" w:rsidRPr="00C31A7D">
+        <w:t>RL online tool is temporarily offline, unavailable or inoperative.</w:t>
       </w:r>
       <w:r w:rsidR="00DB4B2A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(PHUs) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A062B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0076078D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>delivering Healthy Babies Healthy Children programs</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C1847">
+        <w:t xml:space="preserve">Given that Health Information Custodians delivering Healthy Babies, Healthy Children </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87CCB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are being asked to follow the ministry’s manual SOR submission process while the ministry develops</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB4B2A">
+        <w:t xml:space="preserve">(HBHC) </w:t>
+      </w:r>
+      <w:r w:rsidR="0076078D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C1847">
+        <w:t xml:space="preserve">services under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3553" w:rsidRPr="00EB3553">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> long-term</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB4B2A">
+        <w:t>Personal Health Information Protection Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3553">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> serious occurrence reporting process for PHUs that mitigate risks of disclosure of personal health information. </w:t>
+        <w:t xml:space="preserve"> (PHIPA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00652671">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have limited authority to disclose personal health information, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A35FD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the form excludes fields collecting </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4609">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personal </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4609">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95335">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7000B6D7" w14:textId="433CF017" w:rsidR="00140D0E" w:rsidRDefault="00140D0E" w:rsidP="00140D0E">
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">anual SOR must be submitted </w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:t xml:space="preserve">within the reporting timeframes as </w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
@@ -387,451 +370,660 @@
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MCCSS SOR Guidelines</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:t>anual SOR can be used to report a new serious occurrence or to update an existing SOR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4DCA20" w14:textId="225D1B48" w:rsidR="0065335F" w:rsidRDefault="0065335F" w:rsidP="00140D0E">
+    <w:p w14:paraId="059C6A06" w14:textId="77777777" w:rsidR="00D820AF" w:rsidRDefault="00D820AF" w:rsidP="00D820AF">
+      <w:r>
+        <w:t>Service providers must make reasonable efforts to inform their ministry contact when they</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>become aware that the SOR-RL online tool is temporarily offline, unavailable or inoperative for use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4DCA20" w14:textId="6E1A64DD" w:rsidR="0065335F" w:rsidRDefault="0065335F" w:rsidP="00D820AF">
       <w:r>
         <w:t>For any accessibility requirements relating to this document, please reach out to your ministry representative.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4562B3" w14:textId="67386A15" w:rsidR="008C301E" w:rsidRPr="008C26BB" w:rsidRDefault="008C301E" w:rsidP="008C301E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CDB336" w14:textId="4A9DF96D" w:rsidR="000E78F2" w:rsidRPr="00B73380" w:rsidRDefault="004A2367" w:rsidP="00B73380">
+    <w:p w14:paraId="43B77521" w14:textId="77777777" w:rsidR="00FB68C5" w:rsidRPr="003A4586" w:rsidRDefault="00937340" w:rsidP="00FB68C5">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk8804933"/>
-      <w:r w:rsidRPr="00B73380">
-[...12 lines deleted...]
-        <w:t>ministry designate:</w:t>
+      <w:r w:rsidRPr="003A4586">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Determine whether to report a manual SOR, based on the following conditions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05887467" w14:textId="7948A613" w:rsidR="001D1901" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="736F8AA3" w14:textId="4188F651" w:rsidR="00FB68C5" w:rsidRPr="00FB68C5" w:rsidRDefault="00937340" w:rsidP="00FB68C5">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If SOR-RL is unavailable or inaccessible and an SO occurs during business hours, service providers must complete and submit a manual SOR and send it to their ministry designate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512D68E3" w14:textId="77777777" w:rsidR="007857D9" w:rsidRPr="007857D9" w:rsidRDefault="00937340" w:rsidP="00FB68C5">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t xml:space="preserve">If SOR-RL is unavailable or inaccessible and an SO occurs outside of business hours but is not highly contentious, service providers must complete and submit a manual SOR and send it to their ministry designate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706A9F0E" w14:textId="77777777" w:rsidR="00A54E44" w:rsidRPr="00A54E44" w:rsidRDefault="00937340" w:rsidP="00FB68C5">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t xml:space="preserve">If SOR-RL is unavailable or inaccessible and an SO occurs outside of business hours and is highly contentious, service providers must complete and submit a manual SOR and send it to their ministry designate. Non-Youth Justice service providers must ALSO contact the emergency after hours line, at 905-454-5000 ext. 5314 or 5315. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1B63EF" w14:textId="77777777" w:rsidR="00A54E44" w:rsidRPr="00A54E44" w:rsidRDefault="00937340" w:rsidP="00FB68C5">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t>If the system is only temporarily unavailable or inaccessible and it is anticipated that access will be restored within the reporting timelines, service providers can wait to re</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54E44">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937340">
+        <w:t xml:space="preserve">gain access to report the SOR in SOR-RL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DECB98C" w14:textId="77777777" w:rsidR="003A4586" w:rsidRPr="003A4586" w:rsidRDefault="00937340" w:rsidP="00A54E44">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4586">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Complete a manual SOR form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5D5BD9" w14:textId="77777777" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t xml:space="preserve">If you have determined that a manual SOR is required, complete the manual SOR form below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39654497" w14:textId="77777777" w:rsidR="003A4586" w:rsidRPr="00185578" w:rsidRDefault="00937340" w:rsidP="003A4586">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185578">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Send the manual SOR to the appropriate ministry designate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B25195" w14:textId="39538E16" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">East Region: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="000E638B">
+        <w:r w:rsidR="003A4586" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ERSOR-RL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EE6441F" w14:textId="6AEBB201" w:rsidR="001D1901" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="65AE26E2" w14:textId="6C394D09" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001D1901">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Toronto Region: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="000E638B">
+        <w:r w:rsidR="003A4586" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskTorontoRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42D035A6" w14:textId="0DE093EF" w:rsidR="001D1901" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="7C509032" w14:textId="78D2F98F" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001D1901">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">West Region: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="000E638B">
+        <w:r w:rsidR="003A4586" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>WestRegionSO@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48A6F9B8" w14:textId="2876D855" w:rsidR="001D1901" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="712F7A23" w14:textId="24EDB09A" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001D1901">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Central Region: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="000E638B">
+        <w:r w:rsidR="003A4586" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskCentralRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48C6EE92" w14:textId="5BF2D071" w:rsidR="001D1901" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="1BEE427A" w14:textId="6E87A4F8" w:rsidR="003A4586" w:rsidRDefault="00937340" w:rsidP="003A4586">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001D1901">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">North Region: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="008533A8" w:rsidRPr="000E638B">
+        <w:r w:rsidR="003A4586" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskNorthRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FF08C8A" w14:textId="3C61689E" w:rsidR="00BC06DE" w:rsidRPr="00494485" w:rsidRDefault="00764CA4" w:rsidP="004F2A0B">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> not include any personal information, including names, in the file name or subject line. </w:t>
+    <w:p w14:paraId="2B638BF0" w14:textId="77777777" w:rsidR="00185578" w:rsidRDefault="00937340" w:rsidP="003A4586">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t>In the subject line, include details such as “Manual SOR” and the “Service Provider name”. Do not include any personal information, including names, in the file name or subject line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B106C32" w14:textId="65441E25" w:rsidR="001D1901" w:rsidRPr="007F68A1" w:rsidRDefault="008C301E" w:rsidP="008C301E">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> an update</w:t>
+    <w:p w14:paraId="282B27D9" w14:textId="77777777" w:rsidR="00022076" w:rsidRPr="00022076" w:rsidRDefault="00937340" w:rsidP="00022076">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022076">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit an update</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB22833" w14:textId="77777777" w:rsidR="005C5914" w:rsidRDefault="007F4403" w:rsidP="005C5914">
-[...14 lines deleted...]
-      <w:r w:rsidR="00BE03BC" w:rsidRPr="00777A6F">
+    <w:p w14:paraId="60D1A788" w14:textId="4F27546B" w:rsidR="00022076" w:rsidRDefault="00937340" w:rsidP="003A4586">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t>Until MCCSS deems that no further action is required from the service provider with</w:t>
+      </w:r>
+      <w:r w:rsidR="00022076">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00777A6F">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t>respect to the SO, service providers are required to provide updates as new information becomes available about the SO and at a minimum every 7 business days</w:t>
+      </w:r>
+      <w:r w:rsidR="00022076">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00022076" w:rsidRPr="00777A6F">
+        <w:t>until MCCSS deems that no further action is required from the service provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937340">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D76EA23" w14:textId="77777777" w:rsidR="00D7380E" w:rsidRDefault="00937340" w:rsidP="003A4586">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:lastRenderedPageBreak/>
+        <w:t>If SOR-RL is offline, unavailable or inoperative at the time at which an update must be reported, send an updated manual SOR to the ministry designate</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA647D">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937340">
         <w:t xml:space="preserve">mark the checkbox </w:t>
       </w:r>
-      <w:r w:rsidR="005C5914">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00EA647D">
+        <w:t xml:space="preserve">in the form below </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937340">
         <w:t>indicating that the report is an update</w:t>
       </w:r>
-      <w:r w:rsidR="005C5914">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00D7380E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937340">
+        <w:t>, and, if the initial SOR was submitted through SOR-RL, include the SOR-RL SO Identification (SORID) number if it is known.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045307BB" w14:textId="77777777" w:rsidR="00D7380E" w:rsidRPr="00D7380E" w:rsidRDefault="00937340" w:rsidP="00D7380E">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7380E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submit the SOR on SOR-RL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C6A9F2" w14:textId="099DC31E" w:rsidR="00937340" w:rsidRDefault="00937340" w:rsidP="00D7380E">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937340">
+        <w:t>Once access to the system is re-established, the SOR must be submitted onto SOR-RL by the service provider, and the Manual SOR and any Manual SOR updates should be uploaded as attachments to the SOR. All manual SORs must be submitted onto SOR-RL, even if the incident has been resolved.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="3E5C9286" w14:textId="65EDD43E" w:rsidR="00AF551D" w:rsidRPr="00CC4D6F" w:rsidRDefault="00B24470" w:rsidP="00CC4D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC4D6F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Personal Information Disclaimer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591C5ED1" w14:textId="4791C7BF" w:rsidR="00E762CA" w:rsidRPr="001952AD" w:rsidRDefault="00A64518" w:rsidP="001952AD">
+    <w:p w14:paraId="591C5ED1" w14:textId="7E316454" w:rsidR="00E762CA" w:rsidRPr="006F0759" w:rsidRDefault="005F09C5" w:rsidP="001952AD">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008C26BB">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t>ames</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64518" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ull names</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve">initials </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64518" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">initials </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C26BB">
+        <w:t>of i</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>of i</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve">ndividuals involved in the occurrence, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ndividuals involved in the occurrence, including </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve">residents, </w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">residents, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t>clients, staff persons, guardians, or other individuals who would be identifiable through the inclusion of their personal information</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>clients, staff persons, guardians, or other individuals who would be identifiable through the inclusion of their personal information</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00640E3F" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t xml:space="preserve">should not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00640E3F" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">should not be included </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t>be included</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00640E3F" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>in th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t>in th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24470" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C83150" w:rsidRPr="008C26BB">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Manual SOR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83150" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Report</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003908A0" w:rsidRPr="008C26BB">
+        <w:t>Manual SOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or the file name</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0016133F">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B55BB">
+        <w:t>form</w:t>
+      </w:r>
+      <w:r w:rsidR="003908A0" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other types of identifying information should also be excluded. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B71E71" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve"> or the file name</w:t>
+      </w:r>
+      <w:r w:rsidR="00623AAE" w:rsidRPr="008C26BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E141F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B55BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B71E71" w:rsidRPr="008C26BB">
+        <w:t xml:space="preserve">Other types of identifying information should also </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B55BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>roviders</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB09DF" w:rsidRPr="008C26BB">
+        <w:t>be excluded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B55BB">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are required to take reasonable steps to safeguard the sensitive information contained in SORs, including when securely transferring and/or sharing SOR data.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E71" w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r w:rsidR="006E141F">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E71" w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>roviders</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB09DF" w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB09DF" w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB09DF" w:rsidRPr="008C26BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to take reasonable steps to safeguard the sensitive information contained in SORs, including when securely transferring and/or sharing SOR data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD88717" w14:textId="77777777" w:rsidR="00A52AA2" w:rsidRDefault="00A52AA2">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Raleway SemiBold" w:eastAsia="Arial" w:hAnsi="Raleway SemiBold" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="92278F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0295B5CA" w14:textId="3EA8CD4B" w:rsidR="00EE2A82" w:rsidRPr="008C26BB" w:rsidRDefault="00EE2A82" w:rsidP="006F15AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
@@ -842,65 +1034,75 @@
         <w:t>Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A90674" w14:textId="08B27045" w:rsidR="00715436" w:rsidRDefault="00340B4B" w:rsidP="00873293">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
         <w:t>Context</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9CAA5F" w14:textId="5B93F1A2" w:rsidR="00992966" w:rsidRDefault="00992966" w:rsidP="0063754B">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:color w:val="5F5F5F" w:themeColor="accent5"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063754B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>New SOR or update to existing SOR?</w:t>
+        <w:t>New SOR or update to existing SOR</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0063754B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="0063754B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0063754B">
         <w:rPr>
           <w:color w:val="5F5F5F" w:themeColor="accent5"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="-1160609235"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="D096FF2191D9466B9E96662E6CDC36A9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="New SOR" w:value="New SOR"/>
             <w:listItem w:displayText="Update to existing manual SOR" w:value="Update to existing manual SOR"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
@@ -1459,69 +1661,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E6DFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="-2102709032"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="3F5E4BD9EAD54582958C3E2D204D5627"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA27C7" w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-            <w:t xml:space="preserve"> leave blank if not applicable.</w:t>
+            <w:t>Click or tap here to enter number, or leave blank if not applicable.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7D0EE404" w14:textId="259A1B0B" w:rsidR="0063754B" w:rsidRDefault="008E6DFB" w:rsidP="00D33E3D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Does this SO relate either to a home, or to an individual whom you have placed in a home, where the home is NOT licensed nor funded by MCCSS and is operated by a third-party agency?</w:t>
       </w:r>
       <w:r w:rsidR="00CA27C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1849,266 +2033,216 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="963784D8CE614A548883BAE93276F1B9"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="73656937" w14:textId="77777777" w:rsidR="002B729E" w:rsidRPr="00A86DDD" w:rsidRDefault="002B729E" w:rsidP="00B36738">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A86DDD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="24CA72E3" w14:textId="1B08BE2E" w:rsidR="00BA66A6" w:rsidRPr="00A86DDD" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="24CA72E3" w14:textId="1B08BE2E" w:rsidR="00BA66A6" w:rsidRPr="00A86DDD" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="297CE3EB" w14:textId="7300211F" w:rsidR="00067168" w:rsidRPr="004724C0" w:rsidRDefault="00067168" w:rsidP="004724C0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004724C0">
         <w:t>Section 2: Individuals Involved</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605BCA12" w14:textId="34071F57" w:rsidR="005010A6" w:rsidRPr="00A94C98" w:rsidRDefault="005010A6" w:rsidP="004724C0">
+    <w:p w14:paraId="3C63FC64" w14:textId="21930746" w:rsidR="005010A6" w:rsidRPr="00A94C98" w:rsidRDefault="005010A6" w:rsidP="004724C0">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the SO involves </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">one or several </w:t>
+        <w:t xml:space="preserve">If the SO </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7A45" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>does not involve individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="005229C6">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37091">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>service recipients</w:t>
+      </w:r>
+      <w:r w:rsidR="005229C6">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7A45" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4977" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7A45" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>relates to a site</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>individuals</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00427138" w:rsidRPr="00A94C98">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e.g., a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>power outage)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7A45" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37091">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relates </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4977" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>to staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80704" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>/foster parent</w:t>
+      </w:r>
+      <w:r w:rsidR="002E255E" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A94C98">
+      <w:r w:rsidR="002E255E" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00365364" w:rsidRPr="00A94C98">
-[...5 lines deleted...]
-      <w:r w:rsidR="003C7A45" w:rsidRPr="00A94C98">
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="002E255E" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>complaint relating to services delivered)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37091">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C136B5" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>, select the “SO does not relate to an individual but relates to the service provider or to staff” option in the drop-down list below</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37091">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5576" w:rsidRPr="00A94C98">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3C63FC64" w14:textId="13CD3239" w:rsidR="005010A6" w:rsidRPr="00A94C98" w:rsidRDefault="005010A6" w:rsidP="004724C0">
-[...133 lines deleted...]
-    <w:p w14:paraId="093E9731" w14:textId="67E5490D" w:rsidR="00505C75" w:rsidRPr="00444A49" w:rsidRDefault="00434EAC" w:rsidP="003A6011">
+    <w:p w14:paraId="1F6C0BCC" w14:textId="56723656" w:rsidR="007946A3" w:rsidRPr="006F0759" w:rsidRDefault="00434EAC" w:rsidP="00434EAC">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
       </w:pPr>
       <w:r w:rsidRPr="002E255E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Number of individuals</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00505C75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(service recipients) involved in the occurrence</w:t>
       </w:r>
@@ -2151,2425 +2285,347 @@
             <w:listItem w:displayText="13" w:value="13"/>
             <w:listItem w:displayText="14" w:value="14"/>
             <w:listItem w:displayText="15" w:value="15"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose a number.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00444A49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6C0BCC" w14:textId="77777777" w:rsidR="007946A3" w:rsidRDefault="007946A3" w:rsidP="00434EAC">
-[...2063 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="68A0A08D" w14:textId="61CDD0AC" w:rsidR="00EB3DB5" w:rsidRPr="008C26BB" w:rsidRDefault="00EB3DB5" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
         <w:t>Section 3: Categories</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1382E811" w14:textId="50857E50" w:rsidR="005524B7" w:rsidRPr="00A94C98" w:rsidRDefault="005524B7" w:rsidP="001373EE">
+    <w:p w14:paraId="04177A11" w14:textId="422EE080" w:rsidR="00DA225D" w:rsidRDefault="005524B7" w:rsidP="00DA225D">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">If the SO involves </w:t>
       </w:r>
       <w:r w:rsidR="00327470" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">one or several </w:t>
+        <w:t xml:space="preserve">one or </w:t>
+      </w:r>
+      <w:r w:rsidR="00815CD6">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>more</w:t>
+      </w:r>
+      <w:r w:rsidR="00327470" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A1C37" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>individuals</w:t>
       </w:r>
       <w:r w:rsidR="00EB08A2" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> (service recipients)</w:t>
       </w:r>
       <w:r w:rsidR="001373EE" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00247139" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">select “Individual” </w:t>
       </w:r>
       <w:r w:rsidR="00E733AB" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the Related to column </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">and list </w:t>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97754">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00E733AB" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Related to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97754">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00E733AB" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA225D">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA225D" w:rsidRPr="00DA225D">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E733AB" w:rsidRPr="00A94C98">
-[...3 lines deleted...]
-        <w:t>each indivi</w:t>
+      <w:r w:rsidR="00DA225D">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA225D" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ach </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA225D">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DA225D">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (service recipient) involved must have a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA225D" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimum of one category/subcategory. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DA225D" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DA225D" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can have more than one category/subcategory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006F245D" w14:textId="28B05C63" w:rsidR="006D1602" w:rsidRPr="00A94C98" w:rsidRDefault="00707FB1" w:rsidP="00FE417C">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the SO does not involve individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10450" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relates to a site </w:t>
+      </w:r>
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or a staff </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>e.g., a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> power outage)</w:t>
+      </w:r>
+      <w:r w:rsidR="008D65CA" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005F3F22" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>dual</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidR="007077A8" w:rsidRPr="00A94C98">
+        <w:t xml:space="preserve"> select “</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81F05" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="003610A7" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>ervice Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3F22" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” in the </w:t>
+      </w:r>
+      <w:r w:rsidR="0058720B">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3F22" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Related to</w:t>
+      </w:r>
+      <w:r w:rsidR="0058720B">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3F22" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column</w:t>
+      </w:r>
+      <w:r w:rsidR="00A377E6" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17314">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:r w:rsidR="00A377E6" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a minimum of one category/subcategory</w:t>
+      </w:r>
+      <w:r w:rsidR="0070212C" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00077BD5" w:rsidRPr="00A94C98">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="006F245D" w14:textId="4B249B35" w:rsidR="006D1602" w:rsidRPr="00A94C98" w:rsidRDefault="00707FB1" w:rsidP="00FE417C">
-[...91 lines deleted...]
-    <w:p w14:paraId="724943A8" w14:textId="77777777" w:rsidR="00434FC8" w:rsidRDefault="00434FC8" w:rsidP="00434FC8">
+    <w:p w14:paraId="57688B91" w14:textId="37EE4F2E" w:rsidR="003274A9" w:rsidRPr="007C2811" w:rsidRDefault="003274A9" w:rsidP="00434FC8">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00787E09">
-[...50 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10070" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="2168"/>
         <w:gridCol w:w="2999"/>
         <w:gridCol w:w="2848"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E11D82" w:rsidRPr="008C26BB" w14:paraId="5C2BA71F" w14:textId="24CEA27A" w:rsidTr="00E11D82">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -4614,52 +2670,62 @@
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A7240C6" w14:textId="31B4A57D" w:rsidR="00E11D82" w:rsidRPr="00086FB7" w:rsidRDefault="00E11D82" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00086FB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Category #1</w:t>
+              <w:t>Category #</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00086FB7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="393C173E" w14:textId="32264873" w:rsidR="00E11D82" w:rsidRPr="00086FB7" w:rsidRDefault="00E11D82" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00086FB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Category #2 (if applicable)</w:t>
             </w:r>
           </w:p>
@@ -4667,90 +2733,1289 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="263BF21F" w14:textId="0677A264" w:rsidR="00E11D82" w:rsidRPr="00086FB7" w:rsidRDefault="00E11D82" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00086FB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Category #3 (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C17314" w:rsidRPr="008C26BB" w14:paraId="0FD4EC87" w14:textId="77777777" w:rsidTr="00C17314">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11278628" w14:textId="2DB8FF09" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="292483277"/>
+                <w:placeholder>
+                  <w:docPart w:val="F8901EFEF43E4C15829ECE1AE1E7ACDD"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Service provider" w:value="Service provider"/>
+                  <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
+                  <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
+                  <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
+                  <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
+                  <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
+                  <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
+                  <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
+                  <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
+                  <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
+                  <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
+                  <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
+                  <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
+                  <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
+                  <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
+                  <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="345277FC" w14:textId="0E02900D" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="246999757"/>
+                <w:placeholder>
+                  <w:docPart w:val="F0160D7070C040DAAE39756E626DF5B0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2999" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD1D503" w14:textId="0D8F166E" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-415248270"/>
+                <w:placeholder>
+                  <w:docPart w:val="88893797F55345BA9CB5E636A605E82D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2848" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE5C575" w14:textId="26BF84FD" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-85380616"/>
+                <w:placeholder>
+                  <w:docPart w:val="03CEC77DC1034E12AA49352FFF08AC68"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C17314" w:rsidRPr="008C26BB" w14:paraId="13B56A5B" w14:textId="77777777" w:rsidTr="00C17314">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1037033F" w14:textId="3F900926" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="-543989104"/>
+                <w:placeholder>
+                  <w:docPart w:val="544EF1CA872A4803A10E795BA8E44222"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Service provider" w:value="Service provider"/>
+                  <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
+                  <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
+                  <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
+                  <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
+                  <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
+                  <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
+                  <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
+                  <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
+                  <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
+                  <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
+                  <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
+                  <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
+                  <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
+                  <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
+                  <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29842EC7" w14:textId="696082B3" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="-433286967"/>
+                <w:placeholder>
+                  <w:docPart w:val="2FF9CBC3E0024B419376E503409B72C4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2999" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F03462F" w14:textId="55D3721D" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-568576407"/>
+                <w:placeholder>
+                  <w:docPart w:val="7905A981C3194763AAA7D1E341FE0AC2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2848" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA85443" w14:textId="017CD967" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1404368050"/>
+                <w:placeholder>
+                  <w:docPart w:val="4FE37AAFDD6746C4B4A292676C015F30"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C17314" w:rsidRPr="008C26BB" w14:paraId="05A8C3E2" w14:textId="77777777" w:rsidTr="00C17314">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31BDDAA2" w14:textId="43C7D5F6" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="-2095772459"/>
+                <w:placeholder>
+                  <w:docPart w:val="8846D19D14C4495599891629B2AD3E3A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Service provider" w:value="Service provider"/>
+                  <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
+                  <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
+                  <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
+                  <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
+                  <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
+                  <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
+                  <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
+                  <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
+                  <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
+                  <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
+                  <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
+                  <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
+                  <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
+                  <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
+                  <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B794DD2" w14:textId="4EA60288" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                </w:rPr>
+                <w:id w:val="-1667692141"/>
+                <w:placeholder>
+                  <w:docPart w:val="D274C92221B14CA98DB33B2951B88EAC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2999" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AB4A61" w14:textId="5E232EE4" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1375113543"/>
+                <w:placeholder>
+                  <w:docPart w:val="E3370AEA29214213A5D08D8ABB9390CA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2848" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="615143F4" w14:textId="08FF7905" w:rsidR="00C17314" w:rsidRPr="00C17314" w:rsidRDefault="00C17314" w:rsidP="00086FB7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-245269666"/>
+                <w:placeholder>
+                  <w:docPart w:val="B66D45C8F25C49C296470DD24BB766E5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
+                  <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
+                  <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
+                  <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
+                  <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
+                  <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
+                  <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
+                  <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
+                  <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
+                  <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
+                  <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
+                  <w:listItem w:displayText="Serious illness - Communicable disease" w:value="Serious illness - Communicable disease"/>
+                  <w:listItem w:displayText="Serious illness - Other disease, illness or infection" w:value="Serious illness - Other disease, illness or infection"/>
+                  <w:listItem w:displayText="Serious illness - Unknown cause" w:value="Serious illness - Unknown cause"/>
+                  <w:listItem w:displayText="Serious individual action - Suicidal behaviour" w:value="Serious individual action - Suicidal behaviour"/>
+                  <w:listItem w:displayText="Serious individual action - Assault" w:value="Serious individual action - Assault"/>
+                  <w:listItem w:displayText="Serious individual action - Contraband/safety risk" w:value="Serious individual action - Contraband/safety risk"/>
+                  <w:listItem w:displayText="Serious individual action - Inappropriate/unauthorized use of IT" w:value="Serious individual action - Inappropriate/unauthorized use of IT"/>
+                  <w:listItem w:displayText="Serious individual action - Unauthorized individual absence" w:value="Serious individual action - Unauthorized individual absence"/>
+                  <w:listItem w:displayText="Serious individual action - New serious charges" w:value="Serious individual action - New serious charges"/>
+                  <w:listItem w:displayText="Serious individual action - Relinquishment/threat of relinquishment of care" w:value="Serious individual action - Relinquishment/threat of relinquishment of care"/>
+                  <w:listItem w:displayText="Serious individual action - Other" w:value="Serious individual action - Other"/>
+                  <w:listItem w:displayText="Restrictive intervention - Physical restraint" w:value="Restrictive intervention - Physical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Mechanical restraint" w:value="Restrictive intervention - Mechanical restraint"/>
+                  <w:listItem w:displayText="Restrictive intervention - Secure de-escalation" w:value="Restrictive intervention - Secure de-escalation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Physical abuse" w:value="Abuse or mistreatment - Physical abuse"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Emotional harm" w:value="Abuse or mistreatment - Emotional harm"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Neglect" w:value="Abuse or mistreatment - Neglect"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Exploitation" w:value="Abuse or mistreatment - Exploitation"/>
+                  <w:listItem w:displayText="Abuse or mistreatment - Sexual abuse" w:value="Abuse or mistreatment - Sexual abuse"/>
+                  <w:listItem w:displayText="Error or omission - Medication error" w:value="Error or omission - Medication error"/>
+                  <w:listItem w:displayText="Error or omission - Improper detainment" w:value="Error or omission - Improper detainment"/>
+                  <w:listItem w:displayText="Error or omission - Improper release" w:value="Error or omission - Improper release"/>
+                  <w:listItem w:displayText="Error or omission - Breach or potential breach of privacy" w:value="Error or omission - Breach or potential breach of privacy"/>
+                  <w:listItem w:displayText="Serious complaint - Rights-based" w:value="Serious complaint - Rights-based"/>
+                  <w:listItem w:displayText="Serious complaint - Service-related" w:value="Serious complaint - Service-related"/>
+                  <w:listItem w:displayText="Serious complaint - About an individual receiving a service" w:value="Serious complaint - About an individual receiving a service"/>
+                  <w:listItem w:displayText="Serious complaint - Other" w:value="Serious complaint - Other"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Adverse water quality" w:value="Disturbance/disruption/emergency - Adverse water quality"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Fire" w:value="Disturbance/disruption/emergency - Fire"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Flood" w:value="Disturbance/disruption/emergency - Flood"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Natural disaster" w:value="Disturbance/disruption/emergency - Natural disaster"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Power outage" w:value="Disturbance/disruption/emergency - Power outage"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Gas leak" w:value="Disturbance/disruption/emergency - Gas leak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Carbon monoxide" w:value="Disturbance/disruption/emergency - Carbon monoxide"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Abduction" w:value="Disturbance/disruption/emergency - Abduction"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Infectious outbreak" w:value="Disturbance/disruption/emergency - Infectious outbreak"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Riot" w:value="Disturbance/disruption/emergency - Riot"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Stand-off" w:value="Disturbance/disruption/emergency - Stand-off"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Hostage taking" w:value="Disturbance/disruption/emergency - Hostage taking"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - External threat" w:value="Disturbance/disruption/emergency - External threat"/>
+                  <w:listItem w:displayText="Disturbance/disruption/emergency - Other" w:value="Disturbance/disruption/emergency - Other"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Choose an item</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00151F20">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00E11D82" w:rsidRPr="008C26BB" w14:paraId="33A22666" w14:textId="7A32353A" w:rsidTr="00E11D82">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58A8B34C" w14:textId="77777777" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="58A8B34C" w14:textId="77777777" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="-2103940700"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BF48055774CB45A3B918B770278937D3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
@@ -4780,51 +4045,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="27B48A6D" w14:textId="43E73F1D" w:rsidR="00C6058B" w:rsidRPr="00E11D82" w:rsidRDefault="00C6058B" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="542F3F74" w14:textId="4BEAE43A" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="542F3F74" w14:textId="4BEAE43A" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:color w:val="003366"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="55983273"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="4015D536C52D43C1B82FD3875FB56E3E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
@@ -4890,51 +4155,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7159ED" w14:textId="7B59FD23" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5C7159ED" w14:textId="7B59FD23" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1707294159"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3DC069F956A741409BC9F97915BE1254"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
@@ -4994,51 +4259,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7330EFB9" w14:textId="0E9C28FE" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7330EFB9" w14:textId="0E9C28FE" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1041516663"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="759F6A6A273949E68E879FBCBCD57B25"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
                   <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
                   <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
                   <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
@@ -5107,125 +4372,124 @@
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11D82" w:rsidRPr="008C26BB" w14:paraId="667D113F" w14:textId="494149D6" w:rsidTr="00E11D82">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="256F9A3E" w14:textId="324C1AF5" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="256F9A3E" w14:textId="324C1AF5" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="611941443"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AF6C7F27CC244FA887180F73FAF3F5C3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="457CF984" w14:textId="124944C8" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="457CF984" w14:textId="124944C8" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="-1038890165"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="7D7CCAC2BD8047EF8D83AB6944C7212B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
@@ -5292,51 +4556,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB6B57F" w14:textId="0F1862E3" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="4AB6B57F" w14:textId="0F1862E3" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1851290742"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3A1E274D559B417A91A9DE4050A4592E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
@@ -5396,51 +4660,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BA6364" w14:textId="1AB31756" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="68BA6364" w14:textId="1AB31756" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="836660968"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="77FF923E1A0C433A82ED4F0099794769"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
                   <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
                   <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
                   <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
@@ -5509,125 +4773,124 @@
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11D82" w:rsidRPr="008C26BB" w14:paraId="3751CBDD" w14:textId="6CF11C73" w:rsidTr="00E11D82">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69AF168F" w14:textId="25847880" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="69AF168F" w14:textId="25847880" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="839047558"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="435B4DC632114B0886AC9B19AD4DC144"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D01561F" w14:textId="1419FF81" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7D01561F" w14:textId="1419FF81" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="-1867208210"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AE3D18217FCA41789F3EE07056F11318"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
@@ -5694,51 +4957,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2728A4" w14:textId="71A44730" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="3F2728A4" w14:textId="71A44730" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2079965593"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2AC49D7603AB43CE81696BD5DA774DD6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
@@ -5798,51 +5061,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78DD47C2" w14:textId="5249540D" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="78DD47C2" w14:textId="5249540D" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1203520908"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="CD93BF1E3D304B2F9AC6AAAF3AAAB604"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
                   <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
                   <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
                   <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
@@ -5911,125 +5174,124 @@
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E11D82" w:rsidRPr="008C26BB" w14:paraId="64A9F50D" w14:textId="07B7EE14" w:rsidTr="00A922C4">
         <w:trPr>
           <w:trHeight w:val="779"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5806A6A4" w14:textId="301784E9" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5806A6A4" w14:textId="301784E9" w:rsidR="00E11D82" w:rsidRPr="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="30077574"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="A5F4C826DDC543E695327DEF95781759"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1233B4C0" w14:textId="5BD36E33" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="1233B4C0" w14:textId="5BD36E33" w:rsidR="00E11D82" w:rsidRPr="00142CAF" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                 </w:rPr>
                 <w:id w:val="-203795160"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="95FC3DA6028045D8AAA212600C4674C5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
@@ -6096,51 +5358,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368640AE" w14:textId="63D67FED" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="368640AE" w14:textId="63D67FED" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="671619580"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9321055A0B1F4C65BB35AD66F101DB8F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
@@ -6200,51 +5462,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="2F2F2F" w:themeColor="accent5" w:themeShade="80"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item</w:t>
                 </w:r>
                 <w:r w:rsidR="00E11D82" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3635290B" w14:textId="7E2F9D1F" w:rsidR="00E11D82" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="3635290B" w14:textId="7E2F9D1F" w:rsidR="00E11D82" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="853387957"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="91E67E0BC2654604928D6BE4E2DA9160"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Death - Suicide" w:value="Death - Suicide"/>
                   <w:listItem w:displayText="Death - Violence/homicide" w:value="Death - Violence/homicide"/>
                   <w:listItem w:displayText="Death - Accidental" w:value="Death - Accidental"/>
                   <w:listItem w:displayText="Death - Known illness or other natural cause" w:value="Death - Known illness or other natural cause"/>
                   <w:listItem w:displayText="Death - Unknown cause" w:value="Death - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - Accidental" w:value="Serious injury - Accidental"/>
                   <w:listItem w:displayText="Serious injury - Aggressive behaviour" w:value="Serious injury - Aggressive behaviour"/>
                   <w:listItem w:displayText="Serious injury - Self-harm" w:value="Serious injury - Self-harm"/>
                   <w:listItem w:displayText="Serious injury - Unknown cause" w:value="Serious injury - Unknown cause"/>
                   <w:listItem w:displayText="Serious injury - During a restrictive intervention" w:value="Serious injury - During a restrictive intervention"/>
                   <w:listItem w:displayText="Serious injury - Other" w:value="Serious injury - Other"/>
                   <w:listItem w:displayText="Serious illness - Mental health" w:value="Serious illness - Mental health"/>
@@ -6317,52 +5579,60 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22F744EC" w14:textId="510792DD" w:rsidR="00340B4B" w:rsidRPr="008C26BB" w:rsidRDefault="00340B4B" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
         <w:t>Section 4: Notifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFCF0D8" w14:textId="39E563A6" w:rsidR="001A4C60" w:rsidRPr="00A94C98" w:rsidRDefault="001A4C60" w:rsidP="00787E09">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>List all notifications which have been made</w:t>
-      </w:r>
+        <w:t xml:space="preserve">List all notifications which have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>been made</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003942B1" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please note the following notification requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B24DD6" w14:textId="73733737" w:rsidR="001A4C60" w:rsidRPr="00A94C98" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
@@ -6471,51 +5741,67 @@
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">For each Death category added, a corresponding </w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>Coroner notification</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is required before closure</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t>is required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before closure</w:t>
       </w:r>
       <w:r w:rsidR="00E1737B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A5CBA4" w14:textId="2271DD9B" w:rsidR="001A4C60" w:rsidRPr="00A94C98" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>For each Communicable Disease</w:t>
       </w:r>
       <w:r w:rsidR="009368C8" w:rsidRPr="00A94C98">
@@ -6538,239 +5824,207 @@
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Infectious </w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Outbreak category added, a corresponding </w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>Local Public Health Unit notification</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US" w:eastAsia="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is required before closure</w:t>
-[...150 lines deleted...]
-        <w:t xml:space="preserve">select “Individual” in the Related to column and list </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
-        </w:rPr>
-        <w:t>each individual</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t>is required</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> below. </w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before closure</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1737B" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7FF1EF" w14:textId="3EEB9548" w:rsidR="0012638F" w:rsidRPr="00A94C98" w:rsidRDefault="0012638F" w:rsidP="00787E09">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beyond those automatically required above, add all notifications </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2557" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F2557" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0030095C">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D2EF76" w14:textId="56E19CBA" w:rsidR="004B2B6E" w:rsidRPr="00A94C98" w:rsidRDefault="004B2B6E" w:rsidP="00787E09">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the SO involves one or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>several</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3170" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (service recipients)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3DD7">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">select “Individual” in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35286">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Related to</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35286">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column. </w:t>
       </w:r>
       <w:r w:rsidR="0040738C" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">More than one notification can be added for </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0040738C" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>each individual</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>. If the occurrence involves more than 4 individuals, attach additional pages as needed.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC37CDB" w14:textId="1DD778C4" w:rsidR="00CC1418" w:rsidRPr="00A94C98" w:rsidRDefault="004B2B6E" w:rsidP="00CC1418">
+    <w:p w14:paraId="374C22A1" w14:textId="60AC1CE5" w:rsidR="00C060B5" w:rsidRPr="00C35286" w:rsidRDefault="004B2B6E" w:rsidP="00C35286">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>If the SO does not involve individuals and relates to a site</w:t>
       </w:r>
       <w:r w:rsidR="002C3170" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a staff</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="002C3170" w:rsidRPr="00A94C98">
@@ -6791,129 +6045,82 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> select “</w:t>
       </w:r>
       <w:r w:rsidR="00C060B5" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="002C3170" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>ervice Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>” in the Related to column</w:t>
+        <w:t xml:space="preserve">” in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35286">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Related to</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35286">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> column</w:t>
       </w:r>
       <w:r w:rsidR="002D04D1" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...69 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2245"/>
         <w:gridCol w:w="2925"/>
         <w:gridCol w:w="2385"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="5EBA53A2" w14:textId="44BE181B" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -6923,50 +6130,51 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2D888138" w14:textId="3450A822" w:rsidR="006879B0" w:rsidRPr="00086FB7" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="NotificationsTable_1"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00086FB7">
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Related to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68D2169C" w14:textId="00EACFE4" w:rsidR="006879B0" w:rsidRPr="00086FB7" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00086FB7">
@@ -7022,118 +6230,117 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Notification Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="0DD91790" w14:textId="294294B6" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D275C72" w14:textId="06843143" w:rsidR="006879B0" w:rsidRPr="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="2D275C72" w14:textId="06843143" w:rsidR="006879B0" w:rsidRPr="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1256778978"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="CE146CF51C71483A9451F7112945742B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A125F26" w14:textId="17E42FF3" w:rsidR="006879B0" w:rsidRPr="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5A125F26" w14:textId="17E42FF3" w:rsidR="006879B0" w:rsidRPr="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2122880268"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E4AD666391E54D9C9D65B6CD2CA15B5C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -7142,99 +6349,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085684FA" w14:textId="3A88BAE8" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="085684FA" w14:textId="3A88BAE8" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1241753981"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="95135285C64D45BDA4D57DD2D953A061"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69CA0C10" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9CBC98" w14:textId="2145890C" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="4C9CBC98" w14:textId="2145890C" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1943645080"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="332ED6D551C64962829266773AA1A4C5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -7247,114 +6454,113 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7A4FCF59" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="0553B4F5" w14:textId="60E40C22" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C69B239" w14:textId="374C7BDC" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5C69B239" w14:textId="374C7BDC" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1719355030"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1D8992CAA15C49F8BBDDEF6CECC32FFB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DE71669" w14:textId="281032EE" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5DE71669" w14:textId="281032EE" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-981546705"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="41DB3F4E79E64E249B0EB74F64ADC9C2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
@@ -7366,99 +6572,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2389B254" w14:textId="2F43C95F" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="2389B254" w14:textId="2F43C95F" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="-2007737192"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="B19D9E130F124206833824549FB93562"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16CE4AE1" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2294017B" w14:textId="65110500" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="2294017B" w14:textId="65110500" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="2054337859"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="77B42B0B68684C54A90470AA793B4832"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -7471,114 +6677,113 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="27B25BD4" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="6D2486DB" w14:textId="73550452" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5004207E" w14:textId="14F25A64" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5004207E" w14:textId="14F25A64" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1112509482"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6AB0B9EA6164492BA5B56A6670F40BA1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="495F6EA5" w14:textId="107E8A0A" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="495F6EA5" w14:textId="107E8A0A" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1002789207"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="29EB63D6A83543F188B132BC30C2AE83"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
@@ -7590,99 +6795,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB6943F" w14:textId="75285D68" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="2AB6943F" w14:textId="75285D68" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="-999040249"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="EFD1DAAB66464DC0B3E42113BE7BD41E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F1E870A" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1025C4" w14:textId="2AADF946" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="4E1025C4" w14:textId="2AADF946" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="168146557"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="CC0EC729216943FCBD995519FBD62798"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -7695,114 +6900,113 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1F93B18F" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="7032B089" w14:textId="18607AA9" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D5C5637" w14:textId="230804E4" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="1D5C5637" w14:textId="230804E4" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1450857169"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="612FC82CE7164689B6E320278E9A6ECD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A642D81" w14:textId="6C965301" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7A642D81" w14:textId="6C965301" w:rsidR="006879B0" w:rsidRPr="008C26BB" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-984314646"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="65A154A798634EBB891226E2F0ABE9A9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
@@ -7814,99 +7018,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3425512E" w14:textId="0A8B8636" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="3425512E" w14:textId="0A8B8636" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="952672170"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C430BA4733A24B6DAB6D12676A83F687"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="035C7214" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5322EA" w14:textId="23CD22A8" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="4A5322EA" w14:textId="23CD22A8" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1542204044"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1C93D08FB0894A35B37EA527D7F63432"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -7919,117 +7123,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="484E653C" w14:textId="77777777" w:rsidR="006879B0" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="265AE521" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22AE3540" w14:textId="57B8D246" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="22AE3540" w14:textId="57B8D246" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="941427946"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="5E337273A9714F6EA281B4C6B3153500"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="103DAECC" w14:textId="5F868EC6" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="103DAECC" w14:textId="5F868EC6" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1144809480"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C6AB9A4ABF114EE8BF8FDFDE2A469186"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -8038,99 +7241,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB6C195" w14:textId="0DE32719" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7FB6C195" w14:textId="0DE32719" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1525741498"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="FE5DDE563CE345499E461A4276C60684"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="296773B8" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7222B8C2" w14:textId="7245AD70" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7222B8C2" w14:textId="7245AD70" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="131538017"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="953F0443F4CA4BDEB47E5C2AECDC631B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -8143,117 +7346,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="00CF28BF" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="7064C4E8" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0814F03F" w14:textId="22594AA5" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="0814F03F" w14:textId="22594AA5" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-34434121"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="8A33268286B0430693C2DB316376AFF2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="265143EB" w14:textId="0BDB92E6" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="265143EB" w14:textId="0BDB92E6" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-72351163"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C308EEE78A8843A994CDE857CE6FD34A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -8262,99 +7464,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FDB44AD" w14:textId="3C0695A2" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="0FDB44AD" w14:textId="3C0695A2" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1337275307"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="0C96A45BEB14448CBDA0C5C9BABE923A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A751D9" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40012D94" w14:textId="72B543D8" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="40012D94" w14:textId="72B543D8" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1740212158"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AA3D55D548A840BDAE0139CC87E05042"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -8367,117 +7569,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2BFBA7E5" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="1BB36A65" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64E2F021" w14:textId="011C8E48" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="64E2F021" w14:textId="011C8E48" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-998959291"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AD05B57BBA5A48C7AED5760A8A9A40E5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7122FD2C" w14:textId="3B73027C" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="7122FD2C" w14:textId="3B73027C" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="378213107"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3F221F521F134FED918F28DE70383BFF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -8486,99 +7687,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23447AF4" w14:textId="091B9EC3" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="23447AF4" w14:textId="091B9EC3" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1191100393"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="D9A92289A1294EA4ADFB7CA4C71D14B7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6657835C" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64FBE44A" w14:textId="115A6F7D" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="64FBE44A" w14:textId="115A6F7D" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1253815886"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9A3124CC3FAB497EB95425C421E2543A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -8591,117 +7792,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="46573C5C" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006879B0" w:rsidRPr="008C26BB" w14:paraId="08C22D1E" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D05576B" w14:textId="1D9AA289" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="4D05576B" w14:textId="1D9AA289" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="277141213"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="5B913BCCAE884D609C53D5A6F5E98FD2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60F77C96" w14:textId="2FDD1651" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="60F77C96" w14:textId="2FDD1651" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="644012255"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="833D7B581778403D90319B2EFCBA6DA1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -8710,99 +7910,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B1D1FB" w14:textId="237FDF0D" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="14B1D1FB" w14:textId="237FDF0D" w:rsidR="006879B0" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1112096374"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="45DFA1E35AEE439CA387FEE8CCC8354F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006879B0" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="117362BB" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F4F297" w14:textId="0EBC422D" w:rsidR="006879B0" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="11F4F297" w14:textId="0EBC422D" w:rsidR="006879B0" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="2047639886"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BEA2D0C8DA4E4F33AEAF75BB2E2DAAF4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006879B0" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -8815,117 +8015,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="129F6A6A" w14:textId="77777777" w:rsidR="006879B0" w:rsidRPr="003031D1" w:rsidRDefault="006879B0" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00234232" w:rsidRPr="008C26BB" w14:paraId="4A9A7B67" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="740022E4" w14:textId="4CB69F0B" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="740022E4" w14:textId="4CB69F0B" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2040014092"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="CC458D7E5410405985A9AB879E83ED80"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="444783D5" w14:textId="1FD10915" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="444783D5" w14:textId="1FD10915" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1599296277"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6688F24E46DE4800949D54FB7D067ED7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -8934,99 +8133,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="627861A5" w14:textId="2CEB0E6D" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="627861A5" w14:textId="2CEB0E6D" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="-1464809805"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="D3747053180D41639EF593F2DDFA8F8E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="069957BA" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14C19E1F" w14:textId="5290DA77" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="14C19E1F" w14:textId="5290DA77" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="912968070"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="95388956567C4888B2CB08A8BDCCF35C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -9039,117 +8238,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="43C729C6" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00234232" w:rsidRPr="008C26BB" w14:paraId="344D7E9D" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="237CFC88" w14:textId="2BEC1579" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="237CFC88" w14:textId="2BEC1579" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1015263406"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="987B9C5FC3604289B286364F32FBE403"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CF0A648" w14:textId="535A5B5E" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="0CF0A648" w14:textId="535A5B5E" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1791470832"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C89D94AB24EB41D0B59F72E47FE64A5B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -9158,99 +8356,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1101E221" w14:textId="7650107B" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="1101E221" w14:textId="7650107B" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="-744114331"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1BD682D87CC444D19636789CF346BA94"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0727C677" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C35950" w14:textId="7F64F3E0" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="70C35950" w14:textId="7F64F3E0" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="257725241"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="5ED67164434E4A32A89DBBA7CE6323A3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -9263,117 +8461,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1BF58073" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00234232" w:rsidRPr="008C26BB" w14:paraId="3FD14400" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BFF27C7" w14:textId="169BA3BB" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="1BFF27C7" w14:textId="169BA3BB" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1052459715"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C85390B12E314A2CAD880CBD2B14287E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26A5AF7F" w14:textId="05CDBA79" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="26A5AF7F" w14:textId="05CDBA79" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="749463764"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="01549E7218394404954D11D789153E55"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -9382,99 +8579,99 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="043CB9EE" w14:textId="14F29280" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="043CB9EE" w14:textId="14F29280" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="1968244214"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1D83AF7412D5447CA8F141EAA9FE627C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D4A6970" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF42354" w14:textId="7105E0E8" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="0CF42354" w14:textId="7105E0E8" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-833141125"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="4BB97F8826504124B2DAC74D27B357B6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -9487,117 +8684,116 @@
             </w:sdt>
           </w:p>
           <w:p w14:paraId="6ABBC068" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00234232" w:rsidRPr="008C26BB" w14:paraId="3AB6E5C2" w14:textId="77777777" w:rsidTr="00E562A1">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A2A9541" w14:textId="693CE1C7" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5A2A9541" w14:textId="693CE1C7" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="696586799"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9A974327FA92450FA02BE406BE8B7820"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Service provider" w:value="Service provider"/>
-                  <w:listItem w:displayText="Staff/Foster parent" w:value="Staff/Foster parent"/>
                   <w:listItem w:displayText="Individual #1" w:value="Individual #1"/>
                   <w:listItem w:displayText="Individual #2" w:value="Individual #2"/>
                   <w:listItem w:displayText="Individual #3" w:value="Individual #3"/>
                   <w:listItem w:displayText="Individual #4" w:value="Individual #4"/>
                   <w:listItem w:displayText="Individual #5" w:value="Individual #5"/>
                   <w:listItem w:displayText="Individual #6" w:value="Individual #6"/>
                   <w:listItem w:displayText="Individual #7" w:value="Individual #7"/>
                   <w:listItem w:displayText="Individual #8" w:value="Individual #8"/>
                   <w:listItem w:displayText="Individual #9" w:value="Individual #9"/>
                   <w:listItem w:displayText="Individual #10" w:value="Individual #10"/>
                   <w:listItem w:displayText="Individual #11" w:value="Individual #11"/>
                   <w:listItem w:displayText="Individual #12" w:value="Individual #12"/>
                   <w:listItem w:displayText="Individual #13" w:value="Individual #13"/>
                   <w:listItem w:displayText="Individual #14" w:value="Individual #14"/>
                   <w:listItem w:displayText="Individual #15" w:value="Individual #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00604DAF" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2EACD5FA" w14:textId="7C68928A" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="2EACD5FA" w14:textId="7C68928A" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="745620945"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="93D40897E89D4752B75110669C91BBC9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Parent/Legal Guardian" w:value="Parent/Legal Guardian"/>
                   <w:listItem w:displayText="Parent/Legal Guardian (Attempt)" w:value="Parent/Legal Guardian (Attempt)"/>
                   <w:listItem w:displayText="Placing Agency" w:value="Placing Agency"/>
                   <w:listItem w:displayText="Emergency contact person for an adult with a developmental disability" w:value="Emergency contact person for an adult with a developmental disability"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Local CAS Intake (Duty to Report)" w:value="Local CAS Intake (Duty to Report)"/>
                   <w:listItem w:displayText="Coroner" w:value="Coroner"/>
                   <w:listItem w:displayText="Ombudsman" w:value="Ombudsman"/>
                   <w:listItem w:displayText="Local Public Health Unit" w:value="Local Public Health Unit"/>
                   <w:listItem w:displayText="Youth Justice Probation Officer" w:value="Youth Justice Probation Officer"/>
                   <w:listItem w:displayText="Other Ministry contact" w:value="Other Ministry contact"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
@@ -9606,146 +8802,145 @@
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4F3A40" w14:textId="49E66B62" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="5A4F3A40" w14:textId="49E66B62" w:rsidR="00234232" w:rsidRPr="00444A49" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:id w:val="-923882942"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AE6315A2CB08426987DD15A21F64C6CA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00234232" w:rsidRPr="00444A49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="379998DC" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BBA8865" w14:textId="454AA6C7" w:rsidR="00234232" w:rsidRDefault="0011367B" w:rsidP="00086FB7">
+          <w:p w14:paraId="6BBA8865" w14:textId="454AA6C7" w:rsidR="00234232" w:rsidRDefault="00A8677A" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="91830647"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3EE1EF62BDCE44A48858E4391449A0F6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00234232" w:rsidRPr="00151F20">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter a time.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1A89FCE0" w14:textId="77777777" w:rsidR="00234232" w:rsidRPr="003031D1" w:rsidRDefault="00234232" w:rsidP="00086FB7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28C7ECAE" w14:textId="20D97EA1" w:rsidR="00B31E85" w:rsidRPr="008C26BB" w:rsidRDefault="00340B4B" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section 5: Description, </w:t>
       </w:r>
       <w:r w:rsidR="00D02E80" w:rsidRPr="008C26BB">
         <w:t xml:space="preserve">Further Details, </w:t>
       </w:r>
       <w:r w:rsidR="00A7039A" w:rsidRPr="008C26BB">
         <w:t>Updates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E063718" w14:textId="0D925F58" w:rsidR="003274A9" w:rsidRPr="00A94C98" w:rsidRDefault="002405B5" w:rsidP="00217305">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
@@ -9774,68 +8969,68 @@
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> to determine the specific information required</w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>description for each type of SO</w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B959E1" w14:textId="71490110" w:rsidR="00904FF2" w:rsidRPr="00A94C98" w:rsidRDefault="002405B5" w:rsidP="00217305">
+    <w:p w14:paraId="21B959E1" w14:textId="21ED6561" w:rsidR="00904FF2" w:rsidRPr="00A94C98" w:rsidRDefault="002405B5" w:rsidP="00217305">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">o not include full names or initials of individuals involved in the occurrence, </w:t>
+        <w:t xml:space="preserve">o not include names or initials of individuals involved in the occurrence, </w:t>
       </w:r>
       <w:r w:rsidR="00403C14" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">nor of </w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">staff persons, guardians, or other individuals who </w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>could be</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> identifiable through the inclusion of their personal information</w:t>
       </w:r>
@@ -9863,108 +9058,104 @@
         </w:rPr>
         <w:t>se non</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">-identifying </w:t>
       </w:r>
       <w:r w:rsidR="00726133" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>descriptors</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">, such as </w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">individual 1, </w:t>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">parent, staff </w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">, staff </w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00294ED4" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00C73F7B" w:rsidRPr="00A94C98">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="78D93B57" w14:textId="332CEE45" w:rsidR="003274A9" w:rsidRPr="00A94C98" w:rsidRDefault="00E5324C" w:rsidP="00217305">
+    <w:p w14:paraId="78D93B57" w14:textId="61339A85" w:rsidR="003274A9" w:rsidRPr="00A94C98" w:rsidRDefault="00E5324C" w:rsidP="00217305">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>Do not</w:t>
       </w:r>
       <w:r w:rsidR="00904FF2" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> includ</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00904FF2" w:rsidRPr="00A94C98">
@@ -9987,190 +9178,226 @@
         </w:rPr>
         <w:t xml:space="preserve"> or test results), familial narratives, racial/ethnic origin, sexual orientation</w:t>
       </w:r>
       <w:r w:rsidR="003055A6" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>, or other types of personal information</w:t>
       </w:r>
       <w:r w:rsidR="00904FF2" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="0057597A" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>the description</w:t>
       </w:r>
       <w:r w:rsidR="00904FF2" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>. Where possible, use alternative language to avoid an unjustified invasion of personal privacy</w:t>
-[...7 lines deleted...]
-        <w:footnoteReference w:id="2"/>
+        <w:t xml:space="preserve">. Where possible, use alternative language to avoid an unjustified invasion of personal privacy. Exclude any information that is not directly relevant to the SOR and its review/follow-up or </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4D9E" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that is not </w:t>
       </w:r>
       <w:r w:rsidR="00904FF2" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Exclude any information that is not directly relevant to the SOR and its review/follow-up or </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">necessary for the purpose of serious occurrence reporting. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CD67F8" w14:textId="4F7C9126" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+    <w:p w14:paraId="65CD67F8" w14:textId="430176C3" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">Minimum required information to include:  </w:t>
+        <w:t>Minimum required information to include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141A7CB9" w14:textId="77777777" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+    <w:p w14:paraId="141A7CB9" w14:textId="56686789" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">What happened and where in chronological </w:t>
-      </w:r>
+        <w:t>What happened and where in chronological order</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572F80B3" w14:textId="0D5A25CA" w:rsidR="00340B4B" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Precipitating factors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE3C40D" w14:textId="77777777" w:rsidR="007E69AB" w:rsidRPr="00A94C98" w:rsidRDefault="007E69AB" w:rsidP="007E69AB">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF78C6">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>hat efforts were made to de-escalate the situation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A899AC1" w14:textId="77777777" w:rsidR="007E69AB" w:rsidRDefault="007E69AB" w:rsidP="007E69AB">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E69AB">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Service provider response to the incident/action taken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54693568" w14:textId="7E58D299" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>If incident involved an alleged criminal offence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4204B1E2" w14:textId="77777777" w:rsidR="00EC7CB7" w:rsidRDefault="00EC7CB7" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>If EMS or the police were called/involved</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356E00ED" w14:textId="77777777" w:rsidR="00EC7CB7" w:rsidRDefault="00EC7CB7" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Current status</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the incident</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6332C393" w14:textId="1E657609" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t>order</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Current condition </w:t>
+      </w:r>
+      <w:r w:rsidR="002405B5" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>of the individual(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572F80B3" w14:textId="77777777" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+    <w:p w14:paraId="4C141B18" w14:textId="77777777" w:rsidR="00AB227D" w:rsidRDefault="00AB227D" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94C98">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Precipitating factors </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Services and supports being provided to individuals involved</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54693568" w14:textId="77777777" w:rsidR="00340B4B" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
-[...53 lines deleted...]
-    <w:p w14:paraId="2B577A97" w14:textId="1CACA77F" w:rsidR="00503C32" w:rsidRPr="00A94C98" w:rsidRDefault="00503C32" w:rsidP="00AB1484">
+    <w:p w14:paraId="2B577A97" w14:textId="1571DC10" w:rsidR="00503C32" w:rsidRPr="00A94C98" w:rsidRDefault="00503C32" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>Debrief with individuals or staff, if applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60391F7E" w14:textId="75132D52" w:rsidR="006A4DA7" w:rsidRPr="00A94C98" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="336600"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
@@ -10242,202 +9469,273 @@
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="59C10D78" w14:textId="65F9D841" w:rsidR="003274A9" w:rsidRPr="00E93D00" w:rsidRDefault="003274A9" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="241E58A8" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="00E93D00" w:rsidRDefault="000A721B" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="25E890C4" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="00736381" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="25E890C4" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="00736381" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="58BCB0BE" w14:textId="1CEE2371" w:rsidR="005E19E8" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
+    <w:p w14:paraId="58BCB0BE" w14:textId="3BBE1A8E" w:rsidR="005E19E8" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Further action proposed by </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00085B7A" w:rsidRPr="00AB1484">
+        <w:t>Further action</w:t>
+      </w:r>
+      <w:r w:rsidR="00352910">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Service Provider</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A94C98">
+        <w:t xml:space="preserve">/follow-up/next steps to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00352910">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>be take</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3F2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00352910">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1484">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="002405B5" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C98" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nclude</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what steps you plan to take to respond to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00475B08">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erious </w:t>
+      </w:r>
+      <w:r w:rsidR="00475B08">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ccurrence</w:t>
+      </w:r>
+      <w:r w:rsidR="002405B5" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002405B5" w:rsidRPr="00A94C98">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00BA3F2C">
+        <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>or to mitigate/prevent/reduce incidents from occurring in the future</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
           <w:color w:val="336600"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...28 lines deleted...]
-        <w:t>follow up)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A94C98">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1356472894"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="3605191A2E084B05821B67DCAFEB99CB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0011C88C" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="00E93D00" w:rsidRDefault="00736381" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="454741E1" w14:textId="77777777" w:rsidR="00736381" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="454741E1" w14:textId="77777777" w:rsidR="00736381" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2F57AE71" w14:textId="1D4C3333" w:rsidR="00FE63F6" w:rsidRDefault="00FE63F6" w:rsidP="00FE63F6">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Has this occurrence resulted in any media attention?</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Has this occurrence resulted in any media attention</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB1484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="-741559500"/>
           <w:placeholder>
             <w:docPart w:val="293FD067F20646ADAB7F798904949762"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Yes" w:value="Yes"/>
             <w:listItem w:displayText="No" w:value="No"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009D4612" w:rsidRPr="00B36738">
@@ -10453,60 +9751,70 @@
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="51CBFE97" w14:textId="3E1D1382" w:rsidR="00FE63F6" w:rsidRPr="000A721B" w:rsidRDefault="00FE63F6" w:rsidP="00FE63F6">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB1484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Is there expected to be any media attention in the future?</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Is there expected to be any media attention in the future</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB1484">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="787085539"/>
           <w:placeholder>
             <w:docPart w:val="DED1671F74C4445CA3E8E08FC192E494"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Yes" w:value="Yes"/>
             <w:listItem w:displayText="No" w:value="No"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009D4612" w:rsidRPr="00B36738">
@@ -10643,51 +9951,51 @@
         <w:id w:val="2120561961"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="A6CD31AB2AC8475399693627F4C379AE"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="56317838" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="00E93D00" w:rsidRDefault="00736381" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="676A7554" w14:textId="155D6B0E" w:rsidR="003274A9" w:rsidRPr="00736381" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="676A7554" w14:textId="155D6B0E" w:rsidR="003274A9" w:rsidRPr="00736381" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="729C154D" w14:textId="14F871CC" w:rsidR="00BF0592" w:rsidRDefault="00BF0592" w:rsidP="0086214E">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
       </w:pPr>
       <w:r w:rsidRPr="0086214E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Is this expected to be the only/last report</w:t>
       </w:r>
       <w:r w:rsidR="00B36738">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (including updates)</w:t>
       </w:r>
       <w:r w:rsidRPr="0086214E">
@@ -10764,51 +10072,51 @@
         <w:id w:val="390087193"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="8C857D4D36A94F6D8BD872C93C57BFD6"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="026852D7" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="00E93D00" w:rsidRDefault="00BF0592" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="773EA6EE" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="773EA6EE" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="71F4323B" w14:textId="44224ACB" w:rsidR="00881583" w:rsidRPr="008C26BB" w:rsidRDefault="00B7642E" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008C26BB">
         <w:t xml:space="preserve">Section 6: </w:t>
       </w:r>
       <w:r w:rsidR="008766D8" w:rsidRPr="008C26BB">
         <w:t>Individual’s Views</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56195EDD" w14:textId="68A833D3" w:rsidR="00816F9D" w:rsidRPr="00A94C98" w:rsidRDefault="006B7B02" w:rsidP="00A76B2C">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
@@ -10891,66 +10199,67 @@
         <w:id w:val="2012488376"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="EE44499D099D4D36B4B597FDBF997099"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="20194756" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="00E93D00" w:rsidRDefault="00BF0592" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="04D2616C" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRDefault="0011367B" w:rsidP="00B36738">
+        <w:p w14:paraId="04D2616C" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRDefault="00A8677A" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="35904014" w14:textId="6C9672DF" w:rsidR="008766D8" w:rsidRPr="004E49E7" w:rsidRDefault="008766D8" w:rsidP="004E49E7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004E49E7">
+        <w:lastRenderedPageBreak/>
         <w:t>Section 7: Supporting Documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D359B4" w14:textId="3F550EB4" w:rsidR="00CA5A4E" w:rsidRPr="00A94C98" w:rsidRDefault="001D053B" w:rsidP="00A76B2C">
+    <w:p w14:paraId="29D359B4" w14:textId="54434519" w:rsidR="00CA5A4E" w:rsidRPr="00A94C98" w:rsidRDefault="001D053B" w:rsidP="00A76B2C">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">Any supporting documents that the </w:t>
       </w:r>
       <w:r w:rsidR="00B5292F" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidR="00B5292F" w:rsidRPr="00A94C98">
@@ -10965,197 +10274,202 @@
         </w:rPr>
         <w:t xml:space="preserve">rovider </w:t>
       </w:r>
       <w:r w:rsidR="00F10D1C" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00B5292F" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00F10D1C" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>inistry deems</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve"> necessary to support the review of the SOR should be attached </w:t>
+        <w:t xml:space="preserve"> necessary to support the review of the SOR should </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>be attached</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE3622" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Manual SOR Form. </w:t>
       </w:r>
       <w:r w:rsidR="001127B3" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">Only </w:t>
       </w:r>
       <w:r w:rsidR="00505114" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>attach</w:t>
       </w:r>
       <w:r w:rsidR="001127B3" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> files that are directly relevant to the </w:t>
       </w:r>
       <w:r w:rsidR="007B51C9" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t>SOR and</w:t>
       </w:r>
       <w:r w:rsidR="001127B3" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve"> ensure that no personal information is visible in the document file name or the document body</w:t>
       </w:r>
       <w:r w:rsidR="00505114" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00486663">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attached documents should not replace or duplicate information in the SOR. </w:t>
+      </w:r>
       <w:r w:rsidR="00362772" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exclude any </w:t>
+        <w:t xml:space="preserve">Exclude any information </w:t>
+      </w:r>
+      <w:r w:rsidR="007730E4" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5A4E" w:rsidRPr="00A94C98">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that are not </w:t>
       </w:r>
       <w:r w:rsidR="00362772" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">or attachments </w:t>
+        <w:t xml:space="preserve">necessary for the purpose of </w:t>
+      </w:r>
+      <w:r w:rsidR="00475B08">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00362772" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">that </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">are </w:t>
+        <w:t xml:space="preserve">erious </w:t>
+      </w:r>
+      <w:r w:rsidR="00475B08">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00362772" w:rsidRPr="00A94C98">
         <w:rPr>
           <w:color w:val="336600"/>
         </w:rPr>
-        <w:t xml:space="preserve">not directly relevant to the SOR and its review/follow-up or </w:t>
-[...11 lines deleted...]
-        <w:t>necessary for the purpose of serious occurrence reporting.</w:t>
+        <w:t>ccurrence reporting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F08FA3" w14:textId="572A7BB8" w:rsidR="00BF0592" w:rsidRDefault="00BF0592" w:rsidP="00427138">
+    <w:p w14:paraId="28F08FA3" w14:textId="49B16CC4" w:rsidR="00BF0592" w:rsidRDefault="00BF0592" w:rsidP="00427138">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA5A4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Are any supporting documents attached </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5A4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> this Manual SOR form</w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>(excluding additional form pages)</w:t>
       </w:r>
       <w:r w:rsidRPr="008C26BB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="00444A49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="988444677"/>
           <w:placeholder>
             <w:docPart w:val="1BBEB918AF6D4A5788BF5C4B7506D0E0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Yes" w:value="Yes"/>
             <w:listItem w:displayText="No" w:value="No"/>
@@ -11714,51 +11028,50 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -11862,95 +11175,50 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="10700D54" w14:textId="77777777" w:rsidR="00FA39F1" w:rsidRDefault="00FA39F1" w:rsidP="00F72078">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0744AD8A" w14:textId="77777777" w:rsidR="00FA39F1" w:rsidRDefault="00FA39F1" w:rsidP="00F72078">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="63FF1EFC" w14:textId="77777777" w:rsidR="00FA39F1" w:rsidRDefault="00FA39F1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-    </w:p>
-[...43 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1849057963"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="38DEADB2" w14:textId="6F2428E0" w:rsidR="007C1FC4" w:rsidRDefault="00C23086" w:rsidP="00843ED1">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:tabs>
@@ -12152,51 +11420,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B7C5672"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber21"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="7E4469E2"/>
+    <w:tmpl w:val="7EA634BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="82C66AEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13746,136 +13014,139 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="94525517">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="948271843">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="298458955">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hrbI4/sL7fidMMCuAizxY7NhGX4Y1cWGkZOV2TJqBLpbwb+N+PV9SV/I+bldl7EbWH3Yv4v1lBdrotAav3sKPw==" w:salt="YmryjXHxbBwsyQmSIJReNw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NGlwvhmHPK1jc4FZNnZdKELF+pMWcrljwlvi71jzBnDOpm/iPTQMaDmEB/zh5I04FfIZHDYo16sph2wSU0/g1w==" w:salt="y2772Ys1hoS5m957COVisA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E076D"/>
     <w:rsid w:val="00001327"/>
     <w:rsid w:val="000015D4"/>
     <w:rsid w:val="000076F1"/>
     <w:rsid w:val="00010BBE"/>
     <w:rsid w:val="000114FE"/>
     <w:rsid w:val="00012227"/>
     <w:rsid w:val="0001317D"/>
     <w:rsid w:val="000134EC"/>
     <w:rsid w:val="00014D5E"/>
     <w:rsid w:val="00016208"/>
     <w:rsid w:val="00016334"/>
     <w:rsid w:val="00016455"/>
     <w:rsid w:val="00016603"/>
+    <w:rsid w:val="00022076"/>
     <w:rsid w:val="000222CD"/>
     <w:rsid w:val="00022BDE"/>
     <w:rsid w:val="000242EA"/>
     <w:rsid w:val="00024A60"/>
     <w:rsid w:val="00030679"/>
     <w:rsid w:val="00030DC9"/>
     <w:rsid w:val="00032215"/>
     <w:rsid w:val="000322AD"/>
     <w:rsid w:val="00034562"/>
     <w:rsid w:val="00037CAD"/>
     <w:rsid w:val="00041700"/>
     <w:rsid w:val="000450D3"/>
     <w:rsid w:val="000471DF"/>
     <w:rsid w:val="0005215D"/>
     <w:rsid w:val="000524F3"/>
     <w:rsid w:val="0005430A"/>
     <w:rsid w:val="00057266"/>
     <w:rsid w:val="000628C6"/>
     <w:rsid w:val="00063206"/>
     <w:rsid w:val="000633CF"/>
     <w:rsid w:val="00063E95"/>
     <w:rsid w:val="00065221"/>
     <w:rsid w:val="00066C7D"/>
     <w:rsid w:val="00067168"/>
     <w:rsid w:val="000676E1"/>
     <w:rsid w:val="00067C0E"/>
+    <w:rsid w:val="00070107"/>
     <w:rsid w:val="00070AF8"/>
     <w:rsid w:val="00070DB1"/>
     <w:rsid w:val="000719A1"/>
     <w:rsid w:val="00074D53"/>
     <w:rsid w:val="00077BD5"/>
     <w:rsid w:val="00080EAE"/>
     <w:rsid w:val="00082963"/>
     <w:rsid w:val="0008480B"/>
     <w:rsid w:val="00084BC9"/>
     <w:rsid w:val="00084C06"/>
     <w:rsid w:val="00085B7A"/>
     <w:rsid w:val="0008631F"/>
     <w:rsid w:val="00086407"/>
     <w:rsid w:val="00086FB7"/>
     <w:rsid w:val="00087309"/>
     <w:rsid w:val="00087FAE"/>
+    <w:rsid w:val="00091CBC"/>
     <w:rsid w:val="00092AEE"/>
     <w:rsid w:val="00093051"/>
     <w:rsid w:val="00093D8D"/>
     <w:rsid w:val="00094D23"/>
     <w:rsid w:val="00095DEA"/>
     <w:rsid w:val="000A0119"/>
     <w:rsid w:val="000A150F"/>
     <w:rsid w:val="000A1702"/>
     <w:rsid w:val="000A17B1"/>
     <w:rsid w:val="000A3391"/>
     <w:rsid w:val="000A4F74"/>
     <w:rsid w:val="000A4FA0"/>
     <w:rsid w:val="000A721B"/>
     <w:rsid w:val="000B1D63"/>
     <w:rsid w:val="000B2D17"/>
     <w:rsid w:val="000B2DEC"/>
     <w:rsid w:val="000B4A73"/>
     <w:rsid w:val="000B508E"/>
     <w:rsid w:val="000B7169"/>
     <w:rsid w:val="000C0701"/>
     <w:rsid w:val="000C1847"/>
     <w:rsid w:val="000C1BE9"/>
     <w:rsid w:val="000C1F4D"/>
     <w:rsid w:val="000C3CEB"/>
     <w:rsid w:val="000C56FB"/>
@@ -13918,70 +13189,73 @@
     <w:rsid w:val="00125157"/>
     <w:rsid w:val="0012638F"/>
     <w:rsid w:val="00127DFF"/>
     <w:rsid w:val="0013176F"/>
     <w:rsid w:val="0013205D"/>
     <w:rsid w:val="0013249C"/>
     <w:rsid w:val="00133055"/>
     <w:rsid w:val="0013423C"/>
     <w:rsid w:val="0013612C"/>
     <w:rsid w:val="001373EE"/>
     <w:rsid w:val="0014006E"/>
     <w:rsid w:val="00140D0E"/>
     <w:rsid w:val="00141D04"/>
     <w:rsid w:val="00142CAF"/>
     <w:rsid w:val="00144756"/>
     <w:rsid w:val="001457F5"/>
     <w:rsid w:val="001464F6"/>
     <w:rsid w:val="00146833"/>
     <w:rsid w:val="00146C38"/>
     <w:rsid w:val="00147CB8"/>
     <w:rsid w:val="001504D3"/>
     <w:rsid w:val="001509B8"/>
     <w:rsid w:val="001511C6"/>
     <w:rsid w:val="00151F20"/>
     <w:rsid w:val="0015252B"/>
+    <w:rsid w:val="00154F44"/>
     <w:rsid w:val="001568B9"/>
     <w:rsid w:val="00157E73"/>
     <w:rsid w:val="00161007"/>
+    <w:rsid w:val="0016133F"/>
     <w:rsid w:val="00162902"/>
     <w:rsid w:val="001650F6"/>
     <w:rsid w:val="00166089"/>
     <w:rsid w:val="00166515"/>
     <w:rsid w:val="001670E5"/>
     <w:rsid w:val="0017031B"/>
     <w:rsid w:val="001709CF"/>
     <w:rsid w:val="00171012"/>
     <w:rsid w:val="001723C0"/>
     <w:rsid w:val="00172D76"/>
     <w:rsid w:val="00174221"/>
     <w:rsid w:val="00174BEC"/>
     <w:rsid w:val="00181120"/>
     <w:rsid w:val="00181957"/>
     <w:rsid w:val="00182790"/>
     <w:rsid w:val="0018337B"/>
     <w:rsid w:val="00184DC5"/>
+    <w:rsid w:val="00185578"/>
     <w:rsid w:val="00191019"/>
     <w:rsid w:val="00192A9A"/>
     <w:rsid w:val="00194BE3"/>
     <w:rsid w:val="00194F34"/>
     <w:rsid w:val="001952AD"/>
     <w:rsid w:val="001969C5"/>
     <w:rsid w:val="00196B12"/>
     <w:rsid w:val="001A062F"/>
     <w:rsid w:val="001A0E63"/>
     <w:rsid w:val="001A196A"/>
     <w:rsid w:val="001A276E"/>
     <w:rsid w:val="001A4C60"/>
     <w:rsid w:val="001A662A"/>
     <w:rsid w:val="001A67CA"/>
     <w:rsid w:val="001B0456"/>
     <w:rsid w:val="001B0DA5"/>
     <w:rsid w:val="001B153E"/>
     <w:rsid w:val="001B50D4"/>
     <w:rsid w:val="001B5411"/>
     <w:rsid w:val="001B58F3"/>
     <w:rsid w:val="001B63FB"/>
     <w:rsid w:val="001B7FD1"/>
     <w:rsid w:val="001C15AA"/>
     <w:rsid w:val="001C2BE8"/>
     <w:rsid w:val="001C37B4"/>
@@ -14031,55 +13305,57 @@
     <w:rsid w:val="00225BE4"/>
     <w:rsid w:val="00225EB9"/>
     <w:rsid w:val="002272B5"/>
     <w:rsid w:val="00231538"/>
     <w:rsid w:val="002317A3"/>
     <w:rsid w:val="00232ABC"/>
     <w:rsid w:val="00234232"/>
     <w:rsid w:val="00235C3B"/>
     <w:rsid w:val="002362F7"/>
     <w:rsid w:val="002372A4"/>
     <w:rsid w:val="002405B5"/>
     <w:rsid w:val="002410BA"/>
     <w:rsid w:val="00242FE9"/>
     <w:rsid w:val="002432E5"/>
     <w:rsid w:val="00244D4A"/>
     <w:rsid w:val="0024520D"/>
     <w:rsid w:val="00245853"/>
     <w:rsid w:val="002466B4"/>
     <w:rsid w:val="00247139"/>
     <w:rsid w:val="0025162C"/>
     <w:rsid w:val="00251A1C"/>
     <w:rsid w:val="00252131"/>
     <w:rsid w:val="002546A9"/>
     <w:rsid w:val="002552D2"/>
     <w:rsid w:val="002554C9"/>
+    <w:rsid w:val="00255A2B"/>
     <w:rsid w:val="00257FFE"/>
     <w:rsid w:val="00263A6D"/>
     <w:rsid w:val="00264340"/>
     <w:rsid w:val="00264345"/>
     <w:rsid w:val="0026452A"/>
+    <w:rsid w:val="00264D51"/>
     <w:rsid w:val="00265DEF"/>
     <w:rsid w:val="00265F14"/>
     <w:rsid w:val="0026663B"/>
     <w:rsid w:val="00266CA7"/>
     <w:rsid w:val="002701F5"/>
     <w:rsid w:val="002711D1"/>
     <w:rsid w:val="00271AE6"/>
     <w:rsid w:val="00272192"/>
     <w:rsid w:val="00272DE0"/>
     <w:rsid w:val="00273958"/>
     <w:rsid w:val="00273CD6"/>
     <w:rsid w:val="00273FCF"/>
     <w:rsid w:val="002748DC"/>
     <w:rsid w:val="00276051"/>
     <w:rsid w:val="00277024"/>
     <w:rsid w:val="00277BC3"/>
     <w:rsid w:val="00280670"/>
     <w:rsid w:val="0028328E"/>
     <w:rsid w:val="002868A5"/>
     <w:rsid w:val="002878A2"/>
     <w:rsid w:val="0029229E"/>
     <w:rsid w:val="00292940"/>
     <w:rsid w:val="00292F22"/>
     <w:rsid w:val="002941EF"/>
     <w:rsid w:val="00294ED4"/>
@@ -14109,130 +13385,135 @@
     <w:rsid w:val="002D5FE0"/>
     <w:rsid w:val="002D71AD"/>
     <w:rsid w:val="002E15C5"/>
     <w:rsid w:val="002E255E"/>
     <w:rsid w:val="002E3574"/>
     <w:rsid w:val="002E41A3"/>
     <w:rsid w:val="002E4710"/>
     <w:rsid w:val="002E4B5C"/>
     <w:rsid w:val="002E4DF3"/>
     <w:rsid w:val="002E55A3"/>
     <w:rsid w:val="002E6FF6"/>
     <w:rsid w:val="002E7605"/>
     <w:rsid w:val="002F06BD"/>
     <w:rsid w:val="002F244D"/>
     <w:rsid w:val="002F32E6"/>
     <w:rsid w:val="002F40CB"/>
     <w:rsid w:val="002F451A"/>
     <w:rsid w:val="002F496E"/>
     <w:rsid w:val="002F49C2"/>
     <w:rsid w:val="002F50F5"/>
     <w:rsid w:val="002F5A48"/>
     <w:rsid w:val="002F6F9B"/>
     <w:rsid w:val="002F703A"/>
     <w:rsid w:val="002F70CE"/>
     <w:rsid w:val="003000B1"/>
+    <w:rsid w:val="0030095C"/>
     <w:rsid w:val="00300F55"/>
     <w:rsid w:val="003031D1"/>
     <w:rsid w:val="003055A6"/>
     <w:rsid w:val="00306A7A"/>
     <w:rsid w:val="00306ED3"/>
     <w:rsid w:val="0031706C"/>
     <w:rsid w:val="003173FC"/>
     <w:rsid w:val="00317F06"/>
     <w:rsid w:val="00317F1F"/>
     <w:rsid w:val="00321E4D"/>
     <w:rsid w:val="00323DA9"/>
     <w:rsid w:val="003249D0"/>
     <w:rsid w:val="00326F6B"/>
     <w:rsid w:val="00327470"/>
     <w:rsid w:val="003274A9"/>
     <w:rsid w:val="003276C2"/>
     <w:rsid w:val="003301A8"/>
     <w:rsid w:val="003308E1"/>
     <w:rsid w:val="00333463"/>
     <w:rsid w:val="00333DD0"/>
     <w:rsid w:val="00333FFB"/>
     <w:rsid w:val="00334F44"/>
     <w:rsid w:val="00335506"/>
     <w:rsid w:val="0033636C"/>
     <w:rsid w:val="003369FC"/>
     <w:rsid w:val="00340B4B"/>
     <w:rsid w:val="00340CCF"/>
     <w:rsid w:val="0034424B"/>
+    <w:rsid w:val="00345969"/>
     <w:rsid w:val="00346931"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="0035001F"/>
     <w:rsid w:val="003509E7"/>
     <w:rsid w:val="00350C07"/>
     <w:rsid w:val="00350DA6"/>
     <w:rsid w:val="00351FB1"/>
+    <w:rsid w:val="00352910"/>
     <w:rsid w:val="00353458"/>
     <w:rsid w:val="00354010"/>
     <w:rsid w:val="00355D00"/>
     <w:rsid w:val="00356020"/>
     <w:rsid w:val="00357936"/>
     <w:rsid w:val="003610A7"/>
     <w:rsid w:val="00361C44"/>
     <w:rsid w:val="00362772"/>
     <w:rsid w:val="00363182"/>
     <w:rsid w:val="0036413B"/>
     <w:rsid w:val="00365364"/>
     <w:rsid w:val="0036615C"/>
     <w:rsid w:val="0036690D"/>
     <w:rsid w:val="00367335"/>
     <w:rsid w:val="0036781E"/>
     <w:rsid w:val="00367E61"/>
     <w:rsid w:val="003709BA"/>
     <w:rsid w:val="00372EA8"/>
     <w:rsid w:val="00373071"/>
     <w:rsid w:val="003738A0"/>
     <w:rsid w:val="00375605"/>
     <w:rsid w:val="003756CE"/>
     <w:rsid w:val="003764F9"/>
     <w:rsid w:val="00383B8A"/>
     <w:rsid w:val="00385A2C"/>
     <w:rsid w:val="003908A0"/>
     <w:rsid w:val="003942B1"/>
     <w:rsid w:val="00395AAC"/>
     <w:rsid w:val="003A0DA0"/>
     <w:rsid w:val="003A3A23"/>
     <w:rsid w:val="003A407A"/>
+    <w:rsid w:val="003A4586"/>
     <w:rsid w:val="003A5564"/>
     <w:rsid w:val="003A5C48"/>
     <w:rsid w:val="003A6011"/>
     <w:rsid w:val="003A7266"/>
     <w:rsid w:val="003A7D36"/>
     <w:rsid w:val="003B009A"/>
     <w:rsid w:val="003B1DC7"/>
     <w:rsid w:val="003B38F8"/>
     <w:rsid w:val="003B3EEB"/>
     <w:rsid w:val="003C17E4"/>
     <w:rsid w:val="003C3D0C"/>
     <w:rsid w:val="003C4CCC"/>
     <w:rsid w:val="003C7A45"/>
     <w:rsid w:val="003D1340"/>
+    <w:rsid w:val="003D1D29"/>
     <w:rsid w:val="003D336E"/>
     <w:rsid w:val="003E166B"/>
     <w:rsid w:val="003E1D5D"/>
     <w:rsid w:val="003E277D"/>
     <w:rsid w:val="003E2E48"/>
     <w:rsid w:val="003E3D80"/>
     <w:rsid w:val="003E46B0"/>
     <w:rsid w:val="003E5CAC"/>
     <w:rsid w:val="003E637E"/>
     <w:rsid w:val="003E68A9"/>
     <w:rsid w:val="003E7CE8"/>
     <w:rsid w:val="003F14DE"/>
     <w:rsid w:val="003F19B5"/>
     <w:rsid w:val="003F1E7C"/>
     <w:rsid w:val="003F2094"/>
     <w:rsid w:val="003F2557"/>
     <w:rsid w:val="003F6D81"/>
     <w:rsid w:val="003F758E"/>
     <w:rsid w:val="004007C8"/>
     <w:rsid w:val="004012CC"/>
     <w:rsid w:val="00403C14"/>
     <w:rsid w:val="004046C0"/>
     <w:rsid w:val="00404B5E"/>
     <w:rsid w:val="00404C1A"/>
     <w:rsid w:val="00405200"/>
@@ -14257,61 +13538,64 @@
     <w:rsid w:val="00427138"/>
     <w:rsid w:val="00427CC1"/>
     <w:rsid w:val="00431041"/>
     <w:rsid w:val="0043222E"/>
     <w:rsid w:val="00434EAC"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00441F2A"/>
     <w:rsid w:val="00441FC8"/>
     <w:rsid w:val="00442E1E"/>
     <w:rsid w:val="0044300D"/>
     <w:rsid w:val="00444A49"/>
     <w:rsid w:val="00446668"/>
     <w:rsid w:val="0044786C"/>
     <w:rsid w:val="0045292D"/>
     <w:rsid w:val="00452F11"/>
     <w:rsid w:val="00460C34"/>
     <w:rsid w:val="004622CE"/>
     <w:rsid w:val="004644BC"/>
     <w:rsid w:val="00465954"/>
     <w:rsid w:val="00465CAA"/>
     <w:rsid w:val="00466382"/>
     <w:rsid w:val="00466D93"/>
     <w:rsid w:val="004724C0"/>
     <w:rsid w:val="00472F0B"/>
     <w:rsid w:val="00474CD4"/>
+    <w:rsid w:val="00475B08"/>
     <w:rsid w:val="00475E36"/>
     <w:rsid w:val="00476D17"/>
     <w:rsid w:val="00476E5A"/>
     <w:rsid w:val="0048171A"/>
     <w:rsid w:val="0048271C"/>
     <w:rsid w:val="004829C8"/>
+    <w:rsid w:val="00486663"/>
     <w:rsid w:val="00487378"/>
     <w:rsid w:val="0048750D"/>
     <w:rsid w:val="004906D6"/>
     <w:rsid w:val="004913BD"/>
     <w:rsid w:val="00494485"/>
+    <w:rsid w:val="00495658"/>
     <w:rsid w:val="00496474"/>
     <w:rsid w:val="004975B2"/>
     <w:rsid w:val="004A2238"/>
     <w:rsid w:val="004A2367"/>
     <w:rsid w:val="004A392D"/>
     <w:rsid w:val="004A58A1"/>
     <w:rsid w:val="004B0607"/>
     <w:rsid w:val="004B0AED"/>
     <w:rsid w:val="004B223D"/>
     <w:rsid w:val="004B2740"/>
     <w:rsid w:val="004B2B6E"/>
     <w:rsid w:val="004B347D"/>
     <w:rsid w:val="004B4D67"/>
     <w:rsid w:val="004B5568"/>
     <w:rsid w:val="004B6102"/>
     <w:rsid w:val="004B69F7"/>
     <w:rsid w:val="004C1D14"/>
     <w:rsid w:val="004C2443"/>
     <w:rsid w:val="004C3821"/>
     <w:rsid w:val="004C568E"/>
     <w:rsid w:val="004C6619"/>
     <w:rsid w:val="004D0BF4"/>
     <w:rsid w:val="004D38FB"/>
     <w:rsid w:val="004D413F"/>
     <w:rsid w:val="004D48C4"/>
@@ -14332,307 +13616,319 @@
     <w:rsid w:val="004F3991"/>
     <w:rsid w:val="004F4CA2"/>
     <w:rsid w:val="004F4D7F"/>
     <w:rsid w:val="004F650F"/>
     <w:rsid w:val="004F6779"/>
     <w:rsid w:val="004F68F0"/>
     <w:rsid w:val="004F7222"/>
     <w:rsid w:val="004F75CB"/>
     <w:rsid w:val="004F78E1"/>
     <w:rsid w:val="00500BF8"/>
     <w:rsid w:val="005010A6"/>
     <w:rsid w:val="00501671"/>
     <w:rsid w:val="00503A46"/>
     <w:rsid w:val="00503C32"/>
     <w:rsid w:val="00505114"/>
     <w:rsid w:val="00505C75"/>
     <w:rsid w:val="00506032"/>
     <w:rsid w:val="0051417A"/>
     <w:rsid w:val="0051423D"/>
     <w:rsid w:val="00515048"/>
     <w:rsid w:val="0051556B"/>
     <w:rsid w:val="00517B5E"/>
     <w:rsid w:val="00520A32"/>
     <w:rsid w:val="00520C0D"/>
     <w:rsid w:val="0052223E"/>
+    <w:rsid w:val="005229C6"/>
     <w:rsid w:val="00523D61"/>
     <w:rsid w:val="00530445"/>
     <w:rsid w:val="005305E6"/>
     <w:rsid w:val="00530BC4"/>
     <w:rsid w:val="00531638"/>
     <w:rsid w:val="005340C5"/>
     <w:rsid w:val="005369F8"/>
     <w:rsid w:val="0054023A"/>
     <w:rsid w:val="00540785"/>
     <w:rsid w:val="0054108B"/>
     <w:rsid w:val="005419E6"/>
     <w:rsid w:val="00541D0C"/>
     <w:rsid w:val="00544050"/>
     <w:rsid w:val="005441F2"/>
     <w:rsid w:val="0054568B"/>
     <w:rsid w:val="00551556"/>
     <w:rsid w:val="0055210F"/>
     <w:rsid w:val="005524B7"/>
     <w:rsid w:val="0055568F"/>
     <w:rsid w:val="0055763B"/>
     <w:rsid w:val="00557BF6"/>
     <w:rsid w:val="00561445"/>
     <w:rsid w:val="00561D42"/>
     <w:rsid w:val="00562C23"/>
     <w:rsid w:val="0056347D"/>
     <w:rsid w:val="00564C6B"/>
     <w:rsid w:val="005718CE"/>
     <w:rsid w:val="00572144"/>
     <w:rsid w:val="00572E20"/>
     <w:rsid w:val="0057597A"/>
     <w:rsid w:val="00575E49"/>
     <w:rsid w:val="00575F7F"/>
     <w:rsid w:val="005763EA"/>
     <w:rsid w:val="0057735C"/>
     <w:rsid w:val="00577601"/>
     <w:rsid w:val="0058015C"/>
     <w:rsid w:val="00581B55"/>
     <w:rsid w:val="0058290E"/>
     <w:rsid w:val="005832CB"/>
     <w:rsid w:val="0058358C"/>
     <w:rsid w:val="00584631"/>
     <w:rsid w:val="00584967"/>
     <w:rsid w:val="00584E00"/>
     <w:rsid w:val="00584F15"/>
+    <w:rsid w:val="0058720B"/>
     <w:rsid w:val="005873F5"/>
     <w:rsid w:val="005874B8"/>
     <w:rsid w:val="00587A67"/>
     <w:rsid w:val="00591A00"/>
     <w:rsid w:val="00592133"/>
     <w:rsid w:val="00593E6F"/>
     <w:rsid w:val="0059786E"/>
     <w:rsid w:val="005A12E9"/>
     <w:rsid w:val="005A1BB5"/>
     <w:rsid w:val="005A2EA8"/>
     <w:rsid w:val="005A39E1"/>
     <w:rsid w:val="005A43AF"/>
     <w:rsid w:val="005A5C41"/>
+    <w:rsid w:val="005A5D70"/>
     <w:rsid w:val="005A6F67"/>
     <w:rsid w:val="005A7452"/>
     <w:rsid w:val="005B180F"/>
     <w:rsid w:val="005B1DE0"/>
     <w:rsid w:val="005B284C"/>
     <w:rsid w:val="005B3183"/>
     <w:rsid w:val="005B4BF0"/>
     <w:rsid w:val="005B51BD"/>
     <w:rsid w:val="005B6A20"/>
     <w:rsid w:val="005C0084"/>
     <w:rsid w:val="005C029C"/>
     <w:rsid w:val="005C1C57"/>
     <w:rsid w:val="005C472F"/>
     <w:rsid w:val="005C5914"/>
     <w:rsid w:val="005C7225"/>
     <w:rsid w:val="005D480F"/>
     <w:rsid w:val="005D4B57"/>
     <w:rsid w:val="005D4BEB"/>
     <w:rsid w:val="005D68A3"/>
     <w:rsid w:val="005E0EDE"/>
     <w:rsid w:val="005E19E8"/>
+    <w:rsid w:val="005F09C5"/>
     <w:rsid w:val="005F102B"/>
     <w:rsid w:val="005F2990"/>
     <w:rsid w:val="005F2D2E"/>
     <w:rsid w:val="005F39A0"/>
     <w:rsid w:val="005F3F22"/>
     <w:rsid w:val="005F47DF"/>
     <w:rsid w:val="005F6050"/>
     <w:rsid w:val="005F6173"/>
     <w:rsid w:val="005F6A89"/>
     <w:rsid w:val="005F72AE"/>
     <w:rsid w:val="005F744E"/>
     <w:rsid w:val="00600C6A"/>
     <w:rsid w:val="00600DAA"/>
     <w:rsid w:val="006020A0"/>
     <w:rsid w:val="00604DAF"/>
     <w:rsid w:val="006052C4"/>
     <w:rsid w:val="00605A2B"/>
     <w:rsid w:val="00611673"/>
     <w:rsid w:val="00611DB2"/>
     <w:rsid w:val="0061295A"/>
     <w:rsid w:val="006134B5"/>
     <w:rsid w:val="0061415D"/>
     <w:rsid w:val="00617725"/>
     <w:rsid w:val="00617C1C"/>
     <w:rsid w:val="006214F2"/>
     <w:rsid w:val="00621848"/>
     <w:rsid w:val="00621FFA"/>
     <w:rsid w:val="0062294E"/>
     <w:rsid w:val="00623AAE"/>
     <w:rsid w:val="00623FA6"/>
     <w:rsid w:val="00624B02"/>
     <w:rsid w:val="006304DC"/>
     <w:rsid w:val="00632063"/>
     <w:rsid w:val="006327B6"/>
     <w:rsid w:val="00633E66"/>
     <w:rsid w:val="0063561B"/>
     <w:rsid w:val="00635FA4"/>
     <w:rsid w:val="00636DD7"/>
     <w:rsid w:val="0063754B"/>
     <w:rsid w:val="00640537"/>
     <w:rsid w:val="00640E15"/>
     <w:rsid w:val="00640E3F"/>
     <w:rsid w:val="006411A9"/>
     <w:rsid w:val="006418A1"/>
     <w:rsid w:val="006436AB"/>
+    <w:rsid w:val="00643EE6"/>
     <w:rsid w:val="00644C24"/>
     <w:rsid w:val="00645A17"/>
     <w:rsid w:val="00645F7F"/>
     <w:rsid w:val="0064721C"/>
     <w:rsid w:val="00647EAD"/>
     <w:rsid w:val="00650B4F"/>
     <w:rsid w:val="006512EA"/>
     <w:rsid w:val="00651314"/>
+    <w:rsid w:val="00652671"/>
     <w:rsid w:val="0065335F"/>
     <w:rsid w:val="0065597F"/>
+    <w:rsid w:val="00655F8C"/>
     <w:rsid w:val="006563D9"/>
     <w:rsid w:val="00656D29"/>
     <w:rsid w:val="00661DE2"/>
     <w:rsid w:val="00663687"/>
     <w:rsid w:val="00663F23"/>
     <w:rsid w:val="00664168"/>
     <w:rsid w:val="0066561E"/>
     <w:rsid w:val="00665943"/>
     <w:rsid w:val="006662D5"/>
     <w:rsid w:val="006666C7"/>
     <w:rsid w:val="006678BC"/>
     <w:rsid w:val="0067439F"/>
     <w:rsid w:val="00674FA4"/>
     <w:rsid w:val="0067535D"/>
     <w:rsid w:val="00675648"/>
     <w:rsid w:val="00676815"/>
     <w:rsid w:val="006805BB"/>
     <w:rsid w:val="00685E17"/>
     <w:rsid w:val="006879B0"/>
     <w:rsid w:val="00692E60"/>
     <w:rsid w:val="00692F44"/>
     <w:rsid w:val="00694840"/>
     <w:rsid w:val="006951D0"/>
     <w:rsid w:val="00695906"/>
     <w:rsid w:val="00695E04"/>
     <w:rsid w:val="006975BA"/>
     <w:rsid w:val="006A1440"/>
+    <w:rsid w:val="006A35FD"/>
     <w:rsid w:val="006A48C6"/>
     <w:rsid w:val="006A4DA7"/>
     <w:rsid w:val="006A52BF"/>
     <w:rsid w:val="006A65B4"/>
     <w:rsid w:val="006A68D3"/>
     <w:rsid w:val="006B19E9"/>
     <w:rsid w:val="006B1E12"/>
     <w:rsid w:val="006B650D"/>
     <w:rsid w:val="006B7B02"/>
     <w:rsid w:val="006B7FFB"/>
     <w:rsid w:val="006C324C"/>
+    <w:rsid w:val="006C4FA7"/>
     <w:rsid w:val="006C5679"/>
     <w:rsid w:val="006C5681"/>
     <w:rsid w:val="006C64AB"/>
     <w:rsid w:val="006C6679"/>
     <w:rsid w:val="006C7751"/>
     <w:rsid w:val="006C7DFD"/>
     <w:rsid w:val="006D0D79"/>
     <w:rsid w:val="006D1602"/>
     <w:rsid w:val="006D268B"/>
     <w:rsid w:val="006D3386"/>
     <w:rsid w:val="006D3434"/>
     <w:rsid w:val="006D4431"/>
     <w:rsid w:val="006D549E"/>
     <w:rsid w:val="006D5D3E"/>
     <w:rsid w:val="006D6938"/>
     <w:rsid w:val="006D72AA"/>
     <w:rsid w:val="006E1104"/>
     <w:rsid w:val="006E141F"/>
     <w:rsid w:val="006E2E60"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3AC1"/>
     <w:rsid w:val="006E4128"/>
     <w:rsid w:val="006E65C3"/>
+    <w:rsid w:val="006F0759"/>
     <w:rsid w:val="006F12BE"/>
     <w:rsid w:val="006F15AC"/>
     <w:rsid w:val="006F1C5F"/>
     <w:rsid w:val="006F4F7B"/>
     <w:rsid w:val="006F7184"/>
     <w:rsid w:val="006F78E4"/>
     <w:rsid w:val="007011A6"/>
     <w:rsid w:val="0070212C"/>
     <w:rsid w:val="00702D16"/>
     <w:rsid w:val="00705C01"/>
     <w:rsid w:val="00705E8B"/>
     <w:rsid w:val="00706DFA"/>
     <w:rsid w:val="007076CF"/>
     <w:rsid w:val="007077A8"/>
     <w:rsid w:val="00707E66"/>
     <w:rsid w:val="00707FB1"/>
     <w:rsid w:val="00710C02"/>
     <w:rsid w:val="007135CE"/>
     <w:rsid w:val="00714828"/>
     <w:rsid w:val="00715436"/>
     <w:rsid w:val="00716649"/>
     <w:rsid w:val="00716747"/>
     <w:rsid w:val="00720259"/>
     <w:rsid w:val="00720B52"/>
     <w:rsid w:val="00722F62"/>
     <w:rsid w:val="00724DEA"/>
     <w:rsid w:val="00726133"/>
     <w:rsid w:val="00726DD9"/>
     <w:rsid w:val="00730BCF"/>
     <w:rsid w:val="00731904"/>
     <w:rsid w:val="00731F19"/>
     <w:rsid w:val="00731F9E"/>
     <w:rsid w:val="00732DCF"/>
     <w:rsid w:val="00735BA9"/>
     <w:rsid w:val="00736381"/>
     <w:rsid w:val="0074172C"/>
     <w:rsid w:val="00741C0D"/>
     <w:rsid w:val="007429E7"/>
     <w:rsid w:val="00746215"/>
     <w:rsid w:val="00750A3C"/>
     <w:rsid w:val="00751920"/>
     <w:rsid w:val="007556FB"/>
     <w:rsid w:val="0075633C"/>
     <w:rsid w:val="00757EDC"/>
+    <w:rsid w:val="0076078D"/>
     <w:rsid w:val="00760EFB"/>
     <w:rsid w:val="00764CA4"/>
     <w:rsid w:val="00765E0D"/>
     <w:rsid w:val="00766A77"/>
     <w:rsid w:val="00767151"/>
     <w:rsid w:val="00767516"/>
     <w:rsid w:val="00767F1F"/>
     <w:rsid w:val="007707B1"/>
     <w:rsid w:val="00772EA6"/>
     <w:rsid w:val="007730E4"/>
     <w:rsid w:val="00774D9C"/>
     <w:rsid w:val="00776BA4"/>
     <w:rsid w:val="00777A6F"/>
     <w:rsid w:val="00780863"/>
     <w:rsid w:val="00780E91"/>
     <w:rsid w:val="00780F7C"/>
     <w:rsid w:val="00781F03"/>
     <w:rsid w:val="00782CE3"/>
     <w:rsid w:val="007842A1"/>
+    <w:rsid w:val="007857D9"/>
     <w:rsid w:val="007859E0"/>
     <w:rsid w:val="007866AF"/>
     <w:rsid w:val="00786AA9"/>
     <w:rsid w:val="00787715"/>
     <w:rsid w:val="00787E09"/>
     <w:rsid w:val="00787E62"/>
     <w:rsid w:val="007908DF"/>
     <w:rsid w:val="00791B79"/>
     <w:rsid w:val="007928E6"/>
     <w:rsid w:val="00792F1E"/>
     <w:rsid w:val="00793297"/>
     <w:rsid w:val="00793BFD"/>
     <w:rsid w:val="007946A3"/>
     <w:rsid w:val="00794C32"/>
     <w:rsid w:val="007A29C0"/>
     <w:rsid w:val="007A4022"/>
     <w:rsid w:val="007A4CA1"/>
     <w:rsid w:val="007A5333"/>
     <w:rsid w:val="007A636B"/>
     <w:rsid w:val="007B1834"/>
     <w:rsid w:val="007B2BD1"/>
     <w:rsid w:val="007B2CF5"/>
     <w:rsid w:val="007B3667"/>
     <w:rsid w:val="007B3895"/>
     <w:rsid w:val="007B3B00"/>
@@ -14647,65 +13943,68 @@
     <w:rsid w:val="007B6E4D"/>
     <w:rsid w:val="007B7711"/>
     <w:rsid w:val="007C0C6A"/>
     <w:rsid w:val="007C1C3C"/>
     <w:rsid w:val="007C1FC4"/>
     <w:rsid w:val="007C2811"/>
     <w:rsid w:val="007C52CD"/>
     <w:rsid w:val="007C72D4"/>
     <w:rsid w:val="007C7416"/>
     <w:rsid w:val="007D0295"/>
     <w:rsid w:val="007D0CCE"/>
     <w:rsid w:val="007D1B79"/>
     <w:rsid w:val="007D2197"/>
     <w:rsid w:val="007D22A3"/>
     <w:rsid w:val="007D23E9"/>
     <w:rsid w:val="007D2907"/>
     <w:rsid w:val="007D47A2"/>
     <w:rsid w:val="007D5FF0"/>
     <w:rsid w:val="007D6DDD"/>
     <w:rsid w:val="007D766E"/>
     <w:rsid w:val="007E382C"/>
     <w:rsid w:val="007E3DD7"/>
     <w:rsid w:val="007E41F6"/>
     <w:rsid w:val="007E5317"/>
     <w:rsid w:val="007E61D2"/>
+    <w:rsid w:val="007E69AB"/>
     <w:rsid w:val="007F00EC"/>
     <w:rsid w:val="007F2A01"/>
     <w:rsid w:val="007F2A7E"/>
     <w:rsid w:val="007F4403"/>
     <w:rsid w:val="007F4534"/>
     <w:rsid w:val="007F57BA"/>
     <w:rsid w:val="007F6455"/>
     <w:rsid w:val="007F68A1"/>
     <w:rsid w:val="00800C23"/>
     <w:rsid w:val="0080297C"/>
     <w:rsid w:val="00804F60"/>
     <w:rsid w:val="00805E03"/>
+    <w:rsid w:val="00815CD6"/>
     <w:rsid w:val="00816AC3"/>
     <w:rsid w:val="00816F9D"/>
     <w:rsid w:val="008172CF"/>
+    <w:rsid w:val="00821F03"/>
     <w:rsid w:val="00823516"/>
     <w:rsid w:val="00825031"/>
     <w:rsid w:val="00827279"/>
     <w:rsid w:val="008314A5"/>
     <w:rsid w:val="0083698D"/>
     <w:rsid w:val="00842015"/>
     <w:rsid w:val="008424F9"/>
     <w:rsid w:val="00843ED1"/>
     <w:rsid w:val="00846291"/>
     <w:rsid w:val="00846BC9"/>
     <w:rsid w:val="008530F2"/>
     <w:rsid w:val="008533A8"/>
     <w:rsid w:val="008553FE"/>
     <w:rsid w:val="00856E95"/>
     <w:rsid w:val="008576A8"/>
     <w:rsid w:val="00860163"/>
     <w:rsid w:val="00861DFF"/>
     <w:rsid w:val="0086214E"/>
     <w:rsid w:val="00862EC8"/>
     <w:rsid w:val="00864BBC"/>
     <w:rsid w:val="00866211"/>
     <w:rsid w:val="00867432"/>
     <w:rsid w:val="008677F6"/>
     <w:rsid w:val="0086794B"/>
     <w:rsid w:val="008702FD"/>
@@ -14716,64 +14015,66 @@
     <w:rsid w:val="00873F51"/>
     <w:rsid w:val="00874C9F"/>
     <w:rsid w:val="008766D8"/>
     <w:rsid w:val="008775D1"/>
     <w:rsid w:val="00880706"/>
     <w:rsid w:val="00880CB7"/>
     <w:rsid w:val="00880EA5"/>
     <w:rsid w:val="0088153C"/>
     <w:rsid w:val="00881583"/>
     <w:rsid w:val="008817C7"/>
     <w:rsid w:val="00882A77"/>
     <w:rsid w:val="00883582"/>
     <w:rsid w:val="00884558"/>
     <w:rsid w:val="00884B5C"/>
     <w:rsid w:val="0088579C"/>
     <w:rsid w:val="0089018B"/>
     <w:rsid w:val="00890513"/>
     <w:rsid w:val="008932B5"/>
     <w:rsid w:val="00896407"/>
     <w:rsid w:val="00896C45"/>
     <w:rsid w:val="008A0F6C"/>
     <w:rsid w:val="008A1C37"/>
     <w:rsid w:val="008A24AC"/>
     <w:rsid w:val="008A6075"/>
     <w:rsid w:val="008B18E3"/>
+    <w:rsid w:val="008B252F"/>
     <w:rsid w:val="008B384D"/>
     <w:rsid w:val="008B3F2A"/>
     <w:rsid w:val="008B70DD"/>
     <w:rsid w:val="008C15A3"/>
     <w:rsid w:val="008C167D"/>
     <w:rsid w:val="008C1EFC"/>
     <w:rsid w:val="008C1FBE"/>
     <w:rsid w:val="008C26BB"/>
     <w:rsid w:val="008C301E"/>
     <w:rsid w:val="008C3235"/>
     <w:rsid w:val="008C34C2"/>
     <w:rsid w:val="008C3AB4"/>
     <w:rsid w:val="008C3C76"/>
     <w:rsid w:val="008C4126"/>
+    <w:rsid w:val="008C4609"/>
     <w:rsid w:val="008C47E4"/>
     <w:rsid w:val="008C4D9E"/>
     <w:rsid w:val="008C5E90"/>
     <w:rsid w:val="008C5F4F"/>
     <w:rsid w:val="008C6595"/>
     <w:rsid w:val="008D002E"/>
     <w:rsid w:val="008D3E60"/>
     <w:rsid w:val="008D4312"/>
     <w:rsid w:val="008D5660"/>
     <w:rsid w:val="008D5A5D"/>
     <w:rsid w:val="008D65CA"/>
     <w:rsid w:val="008D66B9"/>
     <w:rsid w:val="008D71FE"/>
     <w:rsid w:val="008E1626"/>
     <w:rsid w:val="008E33DA"/>
     <w:rsid w:val="008E34CB"/>
     <w:rsid w:val="008E4C84"/>
     <w:rsid w:val="008E5606"/>
     <w:rsid w:val="008E5EAE"/>
     <w:rsid w:val="008E6554"/>
     <w:rsid w:val="008E6DFB"/>
     <w:rsid w:val="008F20B4"/>
     <w:rsid w:val="008F226D"/>
     <w:rsid w:val="008F29C2"/>
     <w:rsid w:val="008F34B5"/>
@@ -14790,52 +14091,54 @@
     <w:rsid w:val="00904FF2"/>
     <w:rsid w:val="009064DB"/>
     <w:rsid w:val="00906811"/>
     <w:rsid w:val="00907245"/>
     <w:rsid w:val="00910341"/>
     <w:rsid w:val="00910EE3"/>
     <w:rsid w:val="00911276"/>
     <w:rsid w:val="0091161D"/>
     <w:rsid w:val="00913173"/>
     <w:rsid w:val="0091354D"/>
     <w:rsid w:val="00913719"/>
     <w:rsid w:val="00914647"/>
     <w:rsid w:val="00914C4A"/>
     <w:rsid w:val="00915654"/>
     <w:rsid w:val="009174A2"/>
     <w:rsid w:val="0092250B"/>
     <w:rsid w:val="00922A2C"/>
     <w:rsid w:val="00922F9A"/>
     <w:rsid w:val="009261F2"/>
     <w:rsid w:val="00926AA9"/>
     <w:rsid w:val="00931C44"/>
     <w:rsid w:val="00931DEF"/>
     <w:rsid w:val="00935A33"/>
     <w:rsid w:val="009368C8"/>
     <w:rsid w:val="00936AB9"/>
+    <w:rsid w:val="00937340"/>
     <w:rsid w:val="00937A25"/>
     <w:rsid w:val="00942483"/>
+    <w:rsid w:val="00942F37"/>
     <w:rsid w:val="00943888"/>
     <w:rsid w:val="00943C12"/>
     <w:rsid w:val="00951DFD"/>
     <w:rsid w:val="009529FF"/>
     <w:rsid w:val="00953726"/>
     <w:rsid w:val="00953A46"/>
     <w:rsid w:val="00954277"/>
     <w:rsid w:val="00954485"/>
     <w:rsid w:val="00956BA1"/>
     <w:rsid w:val="0096021E"/>
     <w:rsid w:val="00961346"/>
     <w:rsid w:val="009617EC"/>
     <w:rsid w:val="00961808"/>
     <w:rsid w:val="009658F9"/>
     <w:rsid w:val="0096671E"/>
     <w:rsid w:val="00967EBC"/>
     <w:rsid w:val="00972477"/>
     <w:rsid w:val="00973B18"/>
     <w:rsid w:val="00973B22"/>
     <w:rsid w:val="00973B8E"/>
     <w:rsid w:val="009753A0"/>
     <w:rsid w:val="00975545"/>
     <w:rsid w:val="00976F43"/>
     <w:rsid w:val="009807ED"/>
     <w:rsid w:val="009813BE"/>
@@ -14899,180 +14202,190 @@
     <w:rsid w:val="00A339CA"/>
     <w:rsid w:val="00A3560A"/>
     <w:rsid w:val="00A3581D"/>
     <w:rsid w:val="00A3648C"/>
     <w:rsid w:val="00A36C01"/>
     <w:rsid w:val="00A36E90"/>
     <w:rsid w:val="00A36FCA"/>
     <w:rsid w:val="00A377E6"/>
     <w:rsid w:val="00A37B29"/>
     <w:rsid w:val="00A40515"/>
     <w:rsid w:val="00A40F80"/>
     <w:rsid w:val="00A41334"/>
     <w:rsid w:val="00A4254B"/>
     <w:rsid w:val="00A43F65"/>
     <w:rsid w:val="00A44D0B"/>
     <w:rsid w:val="00A44F9F"/>
     <w:rsid w:val="00A4600B"/>
     <w:rsid w:val="00A4736E"/>
     <w:rsid w:val="00A47760"/>
     <w:rsid w:val="00A50B99"/>
     <w:rsid w:val="00A51D98"/>
     <w:rsid w:val="00A52AA2"/>
     <w:rsid w:val="00A52F89"/>
     <w:rsid w:val="00A53DFB"/>
     <w:rsid w:val="00A5449E"/>
+    <w:rsid w:val="00A54E44"/>
     <w:rsid w:val="00A55708"/>
     <w:rsid w:val="00A568DB"/>
     <w:rsid w:val="00A60884"/>
     <w:rsid w:val="00A61539"/>
     <w:rsid w:val="00A6276A"/>
     <w:rsid w:val="00A64518"/>
     <w:rsid w:val="00A66143"/>
     <w:rsid w:val="00A6712A"/>
     <w:rsid w:val="00A6772C"/>
     <w:rsid w:val="00A7039A"/>
     <w:rsid w:val="00A7045D"/>
     <w:rsid w:val="00A7181D"/>
     <w:rsid w:val="00A76B2C"/>
     <w:rsid w:val="00A808F4"/>
     <w:rsid w:val="00A823E6"/>
     <w:rsid w:val="00A82503"/>
     <w:rsid w:val="00A86207"/>
+    <w:rsid w:val="00A8677A"/>
     <w:rsid w:val="00A86DDD"/>
     <w:rsid w:val="00A922C4"/>
     <w:rsid w:val="00A92DB7"/>
     <w:rsid w:val="00A94C98"/>
     <w:rsid w:val="00A951ED"/>
     <w:rsid w:val="00A963FC"/>
     <w:rsid w:val="00A96CB8"/>
     <w:rsid w:val="00A96E23"/>
     <w:rsid w:val="00A97203"/>
     <w:rsid w:val="00A97694"/>
     <w:rsid w:val="00AA6946"/>
     <w:rsid w:val="00AB0B0A"/>
     <w:rsid w:val="00AB1484"/>
     <w:rsid w:val="00AB1C49"/>
+    <w:rsid w:val="00AB227D"/>
     <w:rsid w:val="00AB256B"/>
     <w:rsid w:val="00AB3481"/>
     <w:rsid w:val="00AB5A44"/>
     <w:rsid w:val="00AB6BF3"/>
     <w:rsid w:val="00AB7EC9"/>
     <w:rsid w:val="00AC24AD"/>
     <w:rsid w:val="00AC487C"/>
     <w:rsid w:val="00AC4ADE"/>
     <w:rsid w:val="00AC51FF"/>
     <w:rsid w:val="00AD051B"/>
     <w:rsid w:val="00AD4977"/>
     <w:rsid w:val="00AD4A55"/>
     <w:rsid w:val="00AD71CE"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AE0779"/>
     <w:rsid w:val="00AE0B6E"/>
     <w:rsid w:val="00AE1354"/>
     <w:rsid w:val="00AE3622"/>
     <w:rsid w:val="00AE3BD2"/>
     <w:rsid w:val="00AE4148"/>
     <w:rsid w:val="00AE4C43"/>
     <w:rsid w:val="00AE6A59"/>
     <w:rsid w:val="00AE6BA5"/>
     <w:rsid w:val="00AE7464"/>
     <w:rsid w:val="00AF1B17"/>
     <w:rsid w:val="00AF2FFE"/>
     <w:rsid w:val="00AF3678"/>
     <w:rsid w:val="00AF551D"/>
+    <w:rsid w:val="00AF78C6"/>
     <w:rsid w:val="00AF7AB8"/>
     <w:rsid w:val="00B02179"/>
+    <w:rsid w:val="00B02EA3"/>
     <w:rsid w:val="00B03950"/>
     <w:rsid w:val="00B0489F"/>
     <w:rsid w:val="00B0528A"/>
     <w:rsid w:val="00B05B15"/>
     <w:rsid w:val="00B076D2"/>
     <w:rsid w:val="00B110B2"/>
     <w:rsid w:val="00B120D6"/>
     <w:rsid w:val="00B148C3"/>
     <w:rsid w:val="00B15887"/>
     <w:rsid w:val="00B17DDF"/>
     <w:rsid w:val="00B20D18"/>
     <w:rsid w:val="00B23211"/>
     <w:rsid w:val="00B233B8"/>
     <w:rsid w:val="00B234E3"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B2798D"/>
     <w:rsid w:val="00B31E85"/>
     <w:rsid w:val="00B32042"/>
     <w:rsid w:val="00B330F1"/>
     <w:rsid w:val="00B33598"/>
     <w:rsid w:val="00B341B2"/>
     <w:rsid w:val="00B36230"/>
     <w:rsid w:val="00B36738"/>
     <w:rsid w:val="00B37674"/>
     <w:rsid w:val="00B37C81"/>
     <w:rsid w:val="00B41B67"/>
     <w:rsid w:val="00B43AC3"/>
     <w:rsid w:val="00B45D45"/>
     <w:rsid w:val="00B472E1"/>
     <w:rsid w:val="00B478B9"/>
     <w:rsid w:val="00B5292F"/>
+    <w:rsid w:val="00B52FB9"/>
     <w:rsid w:val="00B542FC"/>
     <w:rsid w:val="00B54618"/>
     <w:rsid w:val="00B546FA"/>
     <w:rsid w:val="00B563D6"/>
     <w:rsid w:val="00B6048C"/>
     <w:rsid w:val="00B60C44"/>
     <w:rsid w:val="00B63338"/>
     <w:rsid w:val="00B6539B"/>
     <w:rsid w:val="00B65B17"/>
     <w:rsid w:val="00B710DB"/>
     <w:rsid w:val="00B71E71"/>
     <w:rsid w:val="00B7235F"/>
     <w:rsid w:val="00B72C14"/>
     <w:rsid w:val="00B73380"/>
     <w:rsid w:val="00B7642E"/>
     <w:rsid w:val="00B771AB"/>
     <w:rsid w:val="00B7785B"/>
     <w:rsid w:val="00B77D85"/>
     <w:rsid w:val="00B80122"/>
     <w:rsid w:val="00B80704"/>
     <w:rsid w:val="00B80D34"/>
     <w:rsid w:val="00B828B5"/>
     <w:rsid w:val="00B83193"/>
     <w:rsid w:val="00B8333F"/>
     <w:rsid w:val="00B84F53"/>
     <w:rsid w:val="00B90113"/>
     <w:rsid w:val="00B90505"/>
     <w:rsid w:val="00B92D70"/>
     <w:rsid w:val="00B9313D"/>
     <w:rsid w:val="00B93223"/>
     <w:rsid w:val="00B9391E"/>
     <w:rsid w:val="00B93E59"/>
     <w:rsid w:val="00B94ABE"/>
     <w:rsid w:val="00B95271"/>
+    <w:rsid w:val="00B95335"/>
     <w:rsid w:val="00B95C4C"/>
     <w:rsid w:val="00B975B1"/>
+    <w:rsid w:val="00B97754"/>
     <w:rsid w:val="00B97F2B"/>
+    <w:rsid w:val="00BA177F"/>
     <w:rsid w:val="00BA3D13"/>
+    <w:rsid w:val="00BA3F2C"/>
     <w:rsid w:val="00BA66A6"/>
     <w:rsid w:val="00BB0ABC"/>
     <w:rsid w:val="00BB0F10"/>
     <w:rsid w:val="00BB24A6"/>
     <w:rsid w:val="00BB27E2"/>
     <w:rsid w:val="00BB43A9"/>
     <w:rsid w:val="00BB54D2"/>
     <w:rsid w:val="00BB62B4"/>
     <w:rsid w:val="00BC06DE"/>
     <w:rsid w:val="00BC2052"/>
     <w:rsid w:val="00BC251D"/>
     <w:rsid w:val="00BC3ECC"/>
     <w:rsid w:val="00BC53A0"/>
     <w:rsid w:val="00BC6F7F"/>
     <w:rsid w:val="00BC78C5"/>
     <w:rsid w:val="00BC79DE"/>
     <w:rsid w:val="00BC7AF2"/>
     <w:rsid w:val="00BD0EAA"/>
     <w:rsid w:val="00BD16F6"/>
     <w:rsid w:val="00BD226D"/>
     <w:rsid w:val="00BD2526"/>
     <w:rsid w:val="00BD2573"/>
     <w:rsid w:val="00BD2E20"/>
     <w:rsid w:val="00BD5576"/>
     <w:rsid w:val="00BD5F32"/>
@@ -15085,58 +14398,62 @@
     <w:rsid w:val="00BF035A"/>
     <w:rsid w:val="00BF0592"/>
     <w:rsid w:val="00BF2D8E"/>
     <w:rsid w:val="00BF48BF"/>
     <w:rsid w:val="00BF6168"/>
     <w:rsid w:val="00BF733D"/>
     <w:rsid w:val="00BF74F8"/>
     <w:rsid w:val="00BF7B17"/>
     <w:rsid w:val="00C00EA0"/>
     <w:rsid w:val="00C014B0"/>
     <w:rsid w:val="00C014B4"/>
     <w:rsid w:val="00C02631"/>
     <w:rsid w:val="00C029AC"/>
     <w:rsid w:val="00C03E6D"/>
     <w:rsid w:val="00C046FA"/>
     <w:rsid w:val="00C051EB"/>
     <w:rsid w:val="00C060B5"/>
     <w:rsid w:val="00C07753"/>
     <w:rsid w:val="00C10450"/>
     <w:rsid w:val="00C10EB6"/>
     <w:rsid w:val="00C115D3"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C12A40"/>
     <w:rsid w:val="00C136B5"/>
     <w:rsid w:val="00C14F4C"/>
+    <w:rsid w:val="00C17314"/>
     <w:rsid w:val="00C23086"/>
     <w:rsid w:val="00C2613F"/>
     <w:rsid w:val="00C26AD4"/>
     <w:rsid w:val="00C26BB1"/>
     <w:rsid w:val="00C270AD"/>
+    <w:rsid w:val="00C31A7D"/>
     <w:rsid w:val="00C32671"/>
     <w:rsid w:val="00C337F4"/>
     <w:rsid w:val="00C34382"/>
+    <w:rsid w:val="00C35130"/>
+    <w:rsid w:val="00C35286"/>
     <w:rsid w:val="00C35C7D"/>
     <w:rsid w:val="00C364BB"/>
     <w:rsid w:val="00C36CA7"/>
     <w:rsid w:val="00C37644"/>
     <w:rsid w:val="00C41E0F"/>
     <w:rsid w:val="00C42232"/>
     <w:rsid w:val="00C4398A"/>
     <w:rsid w:val="00C442F5"/>
     <w:rsid w:val="00C44BA7"/>
     <w:rsid w:val="00C4530C"/>
     <w:rsid w:val="00C45E4F"/>
     <w:rsid w:val="00C47600"/>
     <w:rsid w:val="00C51D56"/>
     <w:rsid w:val="00C52844"/>
     <w:rsid w:val="00C53428"/>
     <w:rsid w:val="00C5390C"/>
     <w:rsid w:val="00C55492"/>
     <w:rsid w:val="00C6058B"/>
     <w:rsid w:val="00C611B0"/>
     <w:rsid w:val="00C61FC0"/>
     <w:rsid w:val="00C6207B"/>
     <w:rsid w:val="00C638C6"/>
     <w:rsid w:val="00C64428"/>
     <w:rsid w:val="00C65F73"/>
     <w:rsid w:val="00C6767B"/>
@@ -15192,119 +14509,124 @@
     <w:rsid w:val="00CD095F"/>
     <w:rsid w:val="00CD2E8B"/>
     <w:rsid w:val="00CD3939"/>
     <w:rsid w:val="00CD4326"/>
     <w:rsid w:val="00CD6F71"/>
     <w:rsid w:val="00CE39EC"/>
     <w:rsid w:val="00CE5109"/>
     <w:rsid w:val="00CE62B4"/>
     <w:rsid w:val="00CE6EE3"/>
     <w:rsid w:val="00CF2E91"/>
     <w:rsid w:val="00CF337D"/>
     <w:rsid w:val="00CF6D35"/>
     <w:rsid w:val="00CF73AC"/>
     <w:rsid w:val="00D00227"/>
     <w:rsid w:val="00D02E80"/>
     <w:rsid w:val="00D1117F"/>
     <w:rsid w:val="00D13DB4"/>
     <w:rsid w:val="00D15A03"/>
     <w:rsid w:val="00D163A3"/>
     <w:rsid w:val="00D1725C"/>
     <w:rsid w:val="00D17316"/>
     <w:rsid w:val="00D17BF5"/>
     <w:rsid w:val="00D20E4F"/>
     <w:rsid w:val="00D20EE2"/>
     <w:rsid w:val="00D217A8"/>
+    <w:rsid w:val="00D23BC1"/>
     <w:rsid w:val="00D26302"/>
     <w:rsid w:val="00D26645"/>
     <w:rsid w:val="00D26C94"/>
     <w:rsid w:val="00D325AF"/>
     <w:rsid w:val="00D33E3D"/>
     <w:rsid w:val="00D34B66"/>
     <w:rsid w:val="00D4134B"/>
     <w:rsid w:val="00D42B45"/>
     <w:rsid w:val="00D436B5"/>
     <w:rsid w:val="00D47145"/>
     <w:rsid w:val="00D5452F"/>
     <w:rsid w:val="00D5536B"/>
     <w:rsid w:val="00D55609"/>
     <w:rsid w:val="00D55AFD"/>
     <w:rsid w:val="00D56BEA"/>
     <w:rsid w:val="00D5718C"/>
     <w:rsid w:val="00D579C7"/>
     <w:rsid w:val="00D608B4"/>
     <w:rsid w:val="00D61837"/>
     <w:rsid w:val="00D62307"/>
     <w:rsid w:val="00D63451"/>
     <w:rsid w:val="00D63804"/>
     <w:rsid w:val="00D63A01"/>
     <w:rsid w:val="00D66E5C"/>
     <w:rsid w:val="00D70E46"/>
     <w:rsid w:val="00D71521"/>
     <w:rsid w:val="00D716EE"/>
     <w:rsid w:val="00D72226"/>
     <w:rsid w:val="00D7235E"/>
     <w:rsid w:val="00D72449"/>
     <w:rsid w:val="00D7262E"/>
+    <w:rsid w:val="00D7380E"/>
     <w:rsid w:val="00D75779"/>
     <w:rsid w:val="00D80C03"/>
     <w:rsid w:val="00D81421"/>
+    <w:rsid w:val="00D820AF"/>
     <w:rsid w:val="00D83F89"/>
     <w:rsid w:val="00D856E4"/>
     <w:rsid w:val="00D86B75"/>
     <w:rsid w:val="00D90CFC"/>
     <w:rsid w:val="00D91530"/>
     <w:rsid w:val="00D91683"/>
     <w:rsid w:val="00D924B4"/>
     <w:rsid w:val="00D92FB9"/>
     <w:rsid w:val="00D93690"/>
     <w:rsid w:val="00D93A15"/>
     <w:rsid w:val="00D93E9E"/>
     <w:rsid w:val="00D947D6"/>
     <w:rsid w:val="00D9499C"/>
     <w:rsid w:val="00D95BA3"/>
     <w:rsid w:val="00D973BD"/>
     <w:rsid w:val="00DA0DE0"/>
+    <w:rsid w:val="00DA225D"/>
     <w:rsid w:val="00DA2CD2"/>
     <w:rsid w:val="00DA3C38"/>
     <w:rsid w:val="00DA61D1"/>
     <w:rsid w:val="00DA6DA0"/>
     <w:rsid w:val="00DA76BD"/>
     <w:rsid w:val="00DB1827"/>
     <w:rsid w:val="00DB2850"/>
     <w:rsid w:val="00DB4265"/>
     <w:rsid w:val="00DB4268"/>
     <w:rsid w:val="00DB4B2A"/>
     <w:rsid w:val="00DB5F40"/>
     <w:rsid w:val="00DB764C"/>
     <w:rsid w:val="00DC02DF"/>
     <w:rsid w:val="00DC063C"/>
     <w:rsid w:val="00DC0D10"/>
     <w:rsid w:val="00DC10DB"/>
     <w:rsid w:val="00DC1FD0"/>
     <w:rsid w:val="00DC2136"/>
     <w:rsid w:val="00DD13E3"/>
+    <w:rsid w:val="00DD196B"/>
     <w:rsid w:val="00DD1E2A"/>
     <w:rsid w:val="00DE1337"/>
     <w:rsid w:val="00DE1D20"/>
     <w:rsid w:val="00DE1E80"/>
     <w:rsid w:val="00DE5342"/>
     <w:rsid w:val="00DF00CE"/>
     <w:rsid w:val="00DF00E4"/>
     <w:rsid w:val="00DF0871"/>
     <w:rsid w:val="00DF19A6"/>
     <w:rsid w:val="00DF1EF1"/>
     <w:rsid w:val="00DF2289"/>
     <w:rsid w:val="00DF650C"/>
     <w:rsid w:val="00DF74D6"/>
     <w:rsid w:val="00DF7B6F"/>
     <w:rsid w:val="00E02352"/>
     <w:rsid w:val="00E0239E"/>
     <w:rsid w:val="00E02B8D"/>
     <w:rsid w:val="00E0585C"/>
     <w:rsid w:val="00E05E38"/>
     <w:rsid w:val="00E06DF4"/>
     <w:rsid w:val="00E07282"/>
     <w:rsid w:val="00E11097"/>
     <w:rsid w:val="00E11D82"/>
     <w:rsid w:val="00E12C02"/>
     <w:rsid w:val="00E12C4E"/>
@@ -15334,194 +14656,204 @@
     <w:rsid w:val="00E47339"/>
     <w:rsid w:val="00E50DF1"/>
     <w:rsid w:val="00E5324C"/>
     <w:rsid w:val="00E53E79"/>
     <w:rsid w:val="00E542B4"/>
     <w:rsid w:val="00E54730"/>
     <w:rsid w:val="00E5474F"/>
     <w:rsid w:val="00E562A1"/>
     <w:rsid w:val="00E6042F"/>
     <w:rsid w:val="00E605F0"/>
     <w:rsid w:val="00E606F7"/>
     <w:rsid w:val="00E63FD2"/>
     <w:rsid w:val="00E649E4"/>
     <w:rsid w:val="00E65FF2"/>
     <w:rsid w:val="00E66AE1"/>
     <w:rsid w:val="00E670D3"/>
     <w:rsid w:val="00E70148"/>
     <w:rsid w:val="00E7095D"/>
     <w:rsid w:val="00E70CC7"/>
     <w:rsid w:val="00E733AB"/>
     <w:rsid w:val="00E743E8"/>
     <w:rsid w:val="00E7517F"/>
     <w:rsid w:val="00E753CE"/>
     <w:rsid w:val="00E76004"/>
     <w:rsid w:val="00E762CA"/>
+    <w:rsid w:val="00E76F4C"/>
     <w:rsid w:val="00E77E10"/>
     <w:rsid w:val="00E80678"/>
     <w:rsid w:val="00E81EBF"/>
     <w:rsid w:val="00E83A79"/>
     <w:rsid w:val="00E84176"/>
     <w:rsid w:val="00E84E02"/>
     <w:rsid w:val="00E85DE2"/>
     <w:rsid w:val="00E872DD"/>
     <w:rsid w:val="00E87C93"/>
+    <w:rsid w:val="00E87CCB"/>
     <w:rsid w:val="00E90978"/>
     <w:rsid w:val="00E910B4"/>
     <w:rsid w:val="00E91E73"/>
     <w:rsid w:val="00E922F8"/>
     <w:rsid w:val="00E93D00"/>
     <w:rsid w:val="00E96837"/>
     <w:rsid w:val="00EA00C0"/>
     <w:rsid w:val="00EA4A6F"/>
     <w:rsid w:val="00EA4AAE"/>
     <w:rsid w:val="00EA63F3"/>
+    <w:rsid w:val="00EA647D"/>
+    <w:rsid w:val="00EA69AF"/>
     <w:rsid w:val="00EB08A2"/>
     <w:rsid w:val="00EB09DF"/>
+    <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EB3DB5"/>
     <w:rsid w:val="00EB46B6"/>
     <w:rsid w:val="00EB5913"/>
     <w:rsid w:val="00EB5D76"/>
     <w:rsid w:val="00EB5E23"/>
     <w:rsid w:val="00EB6BAD"/>
     <w:rsid w:val="00EB7409"/>
     <w:rsid w:val="00EB7812"/>
     <w:rsid w:val="00EB7FB3"/>
     <w:rsid w:val="00EC0204"/>
     <w:rsid w:val="00EC3045"/>
     <w:rsid w:val="00EC492D"/>
     <w:rsid w:val="00EC55AE"/>
+    <w:rsid w:val="00EC7CB7"/>
     <w:rsid w:val="00ED1DB7"/>
     <w:rsid w:val="00ED2516"/>
     <w:rsid w:val="00ED2A8E"/>
     <w:rsid w:val="00ED31B8"/>
     <w:rsid w:val="00ED3ACD"/>
     <w:rsid w:val="00ED7FD8"/>
     <w:rsid w:val="00EE2A82"/>
     <w:rsid w:val="00EE5471"/>
     <w:rsid w:val="00EE76D6"/>
     <w:rsid w:val="00EE77E0"/>
     <w:rsid w:val="00EF2321"/>
     <w:rsid w:val="00EF233D"/>
     <w:rsid w:val="00EF27A5"/>
     <w:rsid w:val="00EF56DB"/>
     <w:rsid w:val="00EF5E4A"/>
     <w:rsid w:val="00EF7C5B"/>
     <w:rsid w:val="00F00C53"/>
     <w:rsid w:val="00F015FC"/>
     <w:rsid w:val="00F044A1"/>
     <w:rsid w:val="00F0692B"/>
     <w:rsid w:val="00F10190"/>
     <w:rsid w:val="00F108FF"/>
     <w:rsid w:val="00F10D1C"/>
     <w:rsid w:val="00F124D4"/>
     <w:rsid w:val="00F13BB2"/>
     <w:rsid w:val="00F14BF5"/>
     <w:rsid w:val="00F172E9"/>
     <w:rsid w:val="00F17B57"/>
     <w:rsid w:val="00F2022A"/>
     <w:rsid w:val="00F203C4"/>
     <w:rsid w:val="00F2161E"/>
     <w:rsid w:val="00F24ED0"/>
     <w:rsid w:val="00F26B52"/>
     <w:rsid w:val="00F27C9C"/>
     <w:rsid w:val="00F30381"/>
     <w:rsid w:val="00F306F6"/>
     <w:rsid w:val="00F320F0"/>
     <w:rsid w:val="00F32AC6"/>
     <w:rsid w:val="00F352DB"/>
     <w:rsid w:val="00F35E68"/>
     <w:rsid w:val="00F36AD6"/>
+    <w:rsid w:val="00F37091"/>
     <w:rsid w:val="00F4250D"/>
     <w:rsid w:val="00F42A75"/>
     <w:rsid w:val="00F445AF"/>
     <w:rsid w:val="00F44E94"/>
     <w:rsid w:val="00F473D7"/>
     <w:rsid w:val="00F50AD4"/>
     <w:rsid w:val="00F51E8A"/>
     <w:rsid w:val="00F55485"/>
     <w:rsid w:val="00F555AA"/>
     <w:rsid w:val="00F55CFE"/>
     <w:rsid w:val="00F615A0"/>
     <w:rsid w:val="00F61F85"/>
     <w:rsid w:val="00F628B9"/>
     <w:rsid w:val="00F63D63"/>
     <w:rsid w:val="00F657F2"/>
     <w:rsid w:val="00F70ED9"/>
     <w:rsid w:val="00F72078"/>
     <w:rsid w:val="00F730EB"/>
     <w:rsid w:val="00F75851"/>
     <w:rsid w:val="00F76517"/>
     <w:rsid w:val="00F802D0"/>
     <w:rsid w:val="00F8072E"/>
     <w:rsid w:val="00F8172F"/>
     <w:rsid w:val="00F81F05"/>
     <w:rsid w:val="00F82172"/>
     <w:rsid w:val="00F83B37"/>
     <w:rsid w:val="00F84FF4"/>
     <w:rsid w:val="00F85186"/>
     <w:rsid w:val="00F85CB3"/>
     <w:rsid w:val="00F905AB"/>
     <w:rsid w:val="00F90784"/>
     <w:rsid w:val="00F91BA4"/>
     <w:rsid w:val="00F92740"/>
     <w:rsid w:val="00F92AD5"/>
     <w:rsid w:val="00F93297"/>
     <w:rsid w:val="00F93304"/>
     <w:rsid w:val="00F97214"/>
     <w:rsid w:val="00F972F7"/>
     <w:rsid w:val="00F974FE"/>
     <w:rsid w:val="00F976CB"/>
     <w:rsid w:val="00FA0591"/>
     <w:rsid w:val="00FA0803"/>
     <w:rsid w:val="00FA0858"/>
+    <w:rsid w:val="00FA09B8"/>
     <w:rsid w:val="00FA206C"/>
     <w:rsid w:val="00FA39F1"/>
     <w:rsid w:val="00FA4F6B"/>
     <w:rsid w:val="00FA5272"/>
     <w:rsid w:val="00FA5581"/>
     <w:rsid w:val="00FA62DB"/>
     <w:rsid w:val="00FA6AEE"/>
     <w:rsid w:val="00FA75B6"/>
     <w:rsid w:val="00FB11EB"/>
     <w:rsid w:val="00FB1204"/>
     <w:rsid w:val="00FB2C6D"/>
     <w:rsid w:val="00FB2C89"/>
     <w:rsid w:val="00FB3892"/>
     <w:rsid w:val="00FB3F22"/>
     <w:rsid w:val="00FB5233"/>
+    <w:rsid w:val="00FB68C5"/>
     <w:rsid w:val="00FB7678"/>
     <w:rsid w:val="00FB76D0"/>
     <w:rsid w:val="00FB7B13"/>
     <w:rsid w:val="00FC0021"/>
     <w:rsid w:val="00FC0593"/>
     <w:rsid w:val="00FC3077"/>
     <w:rsid w:val="00FC52F7"/>
     <w:rsid w:val="00FC6FF1"/>
     <w:rsid w:val="00FC7138"/>
     <w:rsid w:val="00FC75A7"/>
     <w:rsid w:val="00FD0907"/>
+    <w:rsid w:val="00FD0B02"/>
     <w:rsid w:val="00FD45DF"/>
     <w:rsid w:val="00FD4FB8"/>
     <w:rsid w:val="00FE1416"/>
     <w:rsid w:val="00FE363E"/>
     <w:rsid w:val="00FE417C"/>
     <w:rsid w:val="00FE5C83"/>
     <w:rsid w:val="00FE63F6"/>
     <w:rsid w:val="00FE6781"/>
     <w:rsid w:val="00FF019C"/>
     <w:rsid w:val="00FF029D"/>
     <w:rsid w:val="00FF3312"/>
     <w:rsid w:val="00FF611A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -16125,51 +15457,50 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004A392D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -17942,211 +17273,211 @@
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB9A5424507E45DD8F3CBF0DB70C5AB3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{283BD6CC-1ED5-4616-8BCB-C6F93CC46CBA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000F74CE" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="CB9A5424507E45DD8F3CBF0DB70C5AB38"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose a number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14FF15106D6F43AD89C30B0CEFC60CF8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9901CE94-130B-4146-A32D-AA8097B49C3E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="14FF15106D6F43AD89C30B0CEFC60CF88"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A3AD76FB8FE34BA28FC28E571CCCF20C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{85DC9A90-D53E-4456-B630-85214DF26318}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="A3AD76FB8FE34BA28FC28E571CCCF20C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4CDC7FBAB624488CB1967C9CBC9BC592"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC673D77-ECD9-4A23-BF45-9E67F6AA64A0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="4CDC7FBAB624488CB1967C9CBC9BC5928"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1C5DE8341DF243E89A68E0820BE161ED"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3545B7DB-5F87-45A7-BBD7-CE8DFCE1E17D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1C5DE8341DF243E89A68E0820BE161ED8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="963784D8CE614A548883BAE93276F1B9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8AF3E79-7102-41A9-BBCE-C965A0614A69}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00A86DDD" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A86DDD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00536C79"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="92DF1E579CC64211879FB57FECEDC6AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D7D9808F-936F-4454-9DAD-0EEBB0F8B740}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
           <w:pPr>
@@ -18162,51 +17493,51 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FE1252BC6AE94D8E9BB15355419C303B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3633B1C9-8AD3-4447-917E-08413E181E31}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="FE1252BC6AE94D8E9BB15355419C303B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D790D3AB0AB459888DF2F50D2391437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{047F20EE-9B20-4672-8B14-FECBCC06EEAC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
           <w:pPr>
@@ -18222,51 +17553,51 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06FA900FAB224A55B9CBBCF3DCDE30C0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9594FF14-9480-41A1-8D73-D2322DD7AFA9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="06FA900FAB224A55B9CBBCF3DCDE30C08"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="76B1C16868274D44A037082F83EDB5C1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9273660D-A753-4019-A036-2B2E83FD26C6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
           <w:pPr>
@@ -18282,3652 +17613,3398 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF1632C802A34CCF8C2E2A7BFD0DFA92"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F583D4E9-E2CB-4C1E-A2BE-93ACB61F9B7E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="FF1632C802A34CCF8C2E2A7BFD0DFA928"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F5E4BD9EAD54582958C3E2D204D5627"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3D11508-6711-40D1-9A06-0438C9747DBA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3F5E4BD9EAD54582958C3E2D204D56278"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter number, or leave blank if not applicable.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3C9EFC8E506E4AD4AF1B60384336DA44"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74AAF575-3FF8-4641-81A8-23A82AD018E8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3C9EFC8E506E4AD4AF1B60384336DA448"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
-[...89 lines deleted...]
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose a number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5453DFD6CFDA4D5B94289B59D61E7ABD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E739DB4-A653-47FD-B5C8-32CA48C5A89E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3605191A2E084B05821B67DCAFEB99CB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86C49843-2CB0-4786-9EA3-97BC03925399}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A6CD31AB2AC8475399693627F4C379AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{441F7DAB-05BB-4E5B-8744-B27CCED55B45}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8C857D4D36A94F6D8BD872C93C57BFD6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{625C17C7-E528-4020-B6E3-D428EE882A68}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EE44499D099D4D36B4B597FDBF997099"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7A06656C-0E0D-4B41-8644-E61C6F979D9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRPr="00E93D00" w:rsidRDefault="005E0A32" w:rsidP="00B36738">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E93D00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF431D98D6DA4699AE8B8B0983B41FB2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99609D26-5CC6-412F-B278-2B3E9EC8FEAE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="DF431D98D6DA4699AE8B8B0983B41FB28"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose a number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4CECDF24ECB04D49A4CC6C7BE07DA2E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{79BF50CB-0EB9-4FDB-984C-16CBD0519401}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="4CECDF24ECB04D49A4CC6C7BE07DA2E28"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="243908D623E943C2BED129AF1AB7BE92"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5254132A-8FDE-4AE7-9E97-00B880DF2DD6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="243908D623E943C2BED129AF1AB7BE928"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="72F9329382134BE38A4CE0525400AFBB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5BEDA76-22B3-4FE1-AA12-6C99B8E0CD5D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="72F9329382134BE38A4CE0525400AFBB8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2C264828DA1B4B8EAAAB012070891D1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C6D97464-C78D-4995-902A-3CFA8FF5F654}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="2C264828DA1B4B8EAAAB012070891D1D8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0704D184F76746959FE2B130A957E573"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6BB45F6F-0E77-47AC-8863-785D22693B8A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="0704D184F76746959FE2B130A957E5738"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3FF95701B0134A6F9129251B2E3B432B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8F00548E-9661-4C4F-8945-C156E8982CDB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3FF95701B0134A6F9129251B2E3B432B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E3752831C94845A5984B1E7D74F9D634"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B8B1424-998C-47F2-AF8D-67ED1B32AA75}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="E3752831C94845A5984B1E7D74F9D6348"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B037F29E6BD346E5A3536C9353200DA5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE2A24B6-1BF9-454A-AF7F-2DA58901F67E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="B037F29E6BD346E5A3536C9353200DA58"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
-          </w:r>
-[...512 lines deleted...]
-            <w:t>Click or tap here to enter Placing Agency.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4015D536C52D43C1B82FD3875FB56E3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{73B6F7D2-6D76-42B7-A184-D7AC010EE99B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="4015D536C52D43C1B82FD3875FB56E3E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3DC069F956A741409BC9F97915BE1254"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A52A1939-1F8F-4456-8258-83AC4E087E5E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3DC069F956A741409BC9F97915BE12548"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7D7CCAC2BD8047EF8D83AB6944C7212B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B62E0076-A9B5-4C7D-B238-B507601C61F9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="7D7CCAC2BD8047EF8D83AB6944C7212B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3A1E274D559B417A91A9DE4050A4592E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45B1130C-6F9B-46FD-BF1E-2816D5E8B816}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3A1E274D559B417A91A9DE4050A4592E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE3D18217FCA41789F3EE07056F11318"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7E8C3688-7DBE-4683-AE3A-A0D0A67839BE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="AE3D18217FCA41789F3EE07056F113188"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2AC49D7603AB43CE81696BD5DA774DD6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7C58FF44-F7F2-4E1C-9ED4-DCA371F001D8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="2AC49D7603AB43CE81696BD5DA774DD68"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="95FC3DA6028045D8AAA212600C4674C5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{28E3B007-CE5C-43A1-A4C4-82847BA74F4F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="95FC3DA6028045D8AAA212600C4674C58"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9321055A0B1F4C65BB35AD66F101DB8F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D50199E1-C863-44F4-84CB-D7FE771EDA56}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="9321055A0B1F4C65BB35AD66F101DB8F8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="759F6A6A273949E68E879FBCBCD57B25"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7D2C0E87-6ABD-4AFF-822B-38D04E98D08B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="759F6A6A273949E68E879FBCBCD57B258"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="77FF923E1A0C433A82ED4F0099794769"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DFE3B41B-6F0D-4530-9763-558CF670C3DF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="77FF923E1A0C433A82ED4F00997947698"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CD93BF1E3D304B2F9AC6AAAF3AAAB604"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E69FB9B-C59A-4759-826E-3555332A74B5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="CD93BF1E3D304B2F9AC6AAAF3AAAB6048"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="91E67E0BC2654604928D6BE4E2DA9160"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D69F9523-F8AB-44F3-90BA-72B805087D4C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="91E67E0BC2654604928D6BE4E2DA91608"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item</w:t>
           </w:r>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E4AD666391E54D9C9D65B6CD2CA15B5C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CB2CCC78-F705-47C4-9F65-62A17F40BB76}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="E4AD666391E54D9C9D65B6CD2CA15B5C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="95135285C64D45BDA4D57DD2D953A061"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99855E0A-AE56-490F-B740-B874655B2E23}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="95135285C64D45BDA4D57DD2D953A0618"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="332ED6D551C64962829266773AA1A4C5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93A94287-8465-4C02-A88A-CA4AEB20ED88}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="332ED6D551C64962829266773AA1A4C58"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="41DB3F4E79E64E249B0EB74F64ADC9C2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0B91F78D-4EF9-46A9-ADA6-02075CB8CE68}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="41DB3F4E79E64E249B0EB74F64ADC9C28"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B19D9E130F124206833824549FB93562"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2EA3715-D880-41CF-994F-6F913D35BA0C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="B19D9E130F124206833824549FB935628"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="77B42B0B68684C54A90470AA793B4832"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3F8ABFF3-8F01-4A3A-B12B-9A4D14A70F74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="77B42B0B68684C54A90470AA793B48328"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="29EB63D6A83543F188B132BC30C2AE83"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C557E52B-93E2-4616-B543-FAFAB7D6B2CF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="29EB63D6A83543F188B132BC30C2AE838"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EFD1DAAB66464DC0B3E42113BE7BD41E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AE50744A-6E41-4408-B8FD-A0FDF5A1E3DD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="EFD1DAAB66464DC0B3E42113BE7BD41E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CC0EC729216943FCBD995519FBD62798"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E764CCDD-43AF-488A-8B21-8422B0B0CA1F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="CC0EC729216943FCBD995519FBD627988"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="65A154A798634EBB891226E2F0ABE9A9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{05267FC1-529C-4D9B-8DA2-478EA8AA0BE1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="65A154A798634EBB891226E2F0ABE9A98"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C430BA4733A24B6DAB6D12676A83F687"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D00F5A8A-D5F2-447A-B0B4-C91E232CD051}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="C430BA4733A24B6DAB6D12676A83F6878"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1C93D08FB0894A35B37EA527D7F63432"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06DCF30F-A582-4CD3-9A96-CA2B4B9A984F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1C93D08FB0894A35B37EA527D7F634328"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C6AB9A4ABF114EE8BF8FDFDE2A469186"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{18FA153E-BADF-4EA1-90AF-13BA42714949}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="C6AB9A4ABF114EE8BF8FDFDE2A4691868"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FE5DDE563CE345499E461A4276C60684"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C9C20E62-0A01-41B4-AFD5-ABEA428CA730}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="FE5DDE563CE345499E461A4276C606848"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="953F0443F4CA4BDEB47E5C2AECDC631B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C2587634-8031-4D78-BD01-19F0E13F1E67}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="953F0443F4CA4BDEB47E5C2AECDC631B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C308EEE78A8843A994CDE857CE6FD34A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{05A3D6E1-7D4F-4460-BDF2-A9E770E441E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="C308EEE78A8843A994CDE857CE6FD34A8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0C96A45BEB14448CBDA0C5C9BABE923A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{09E5D585-1D5B-497E-9A45-6C0C81D3370F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="0C96A45BEB14448CBDA0C5C9BABE923A8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA3D55D548A840BDAE0139CC87E05042"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0EF954F5-7D98-482F-9EAF-803CBDBDFEA9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="AA3D55D548A840BDAE0139CC87E050428"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F221F521F134FED918F28DE70383BFF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A1FADF67-4B1E-4AE6-938A-3167ADCBEE53}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3F221F521F134FED918F28DE70383BFF8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D9A92289A1294EA4ADFB7CA4C71D14B7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E19D9B05-A84C-4F86-8295-A6C45A2FDEC3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="D9A92289A1294EA4ADFB7CA4C71D14B78"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9A3124CC3FAB497EB95425C421E2543A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22562F6A-BFC3-488A-8745-19C97F311ADD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="9A3124CC3FAB497EB95425C421E2543A8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="833D7B581778403D90319B2EFCBA6DA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{56DE51E1-5659-41BD-BF50-5E74503C45C7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="833D7B581778403D90319B2EFCBA6DA18"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="45DFA1E35AEE439CA387FEE8CCC8354F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{66D8931F-BAD8-4F9C-AAE2-08550AE3917F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="45DFA1E35AEE439CA387FEE8CCC8354F8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BEA2D0C8DA4E4F33AEAF75BB2E2DAAF4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E6558383-D0BF-4FF3-8219-BB1984C7591D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="BEA2D0C8DA4E4F33AEAF75BB2E2DAAF48"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6688F24E46DE4800949D54FB7D067ED7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AFB921A9-06BC-4A4C-81F6-8C4B0FBBFDC2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="6688F24E46DE4800949D54FB7D067ED78"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D3747053180D41639EF593F2DDFA8F8E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2F0E6ACF-DAEA-455B-9F29-2650E5DFBBCD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="D3747053180D41639EF593F2DDFA8F8E8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="95388956567C4888B2CB08A8BDCCF35C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A5744A9C-D279-4297-ABB4-508B4911D101}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="95388956567C4888B2CB08A8BDCCF35C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C89D94AB24EB41D0B59F72E47FE64A5B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0FB09705-CFF1-49EC-9569-EE18573237FE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="C89D94AB24EB41D0B59F72E47FE64A5B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1BD682D87CC444D19636789CF346BA94"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{077A8964-898F-4DA5-BC4B-09C155B3C891}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1BD682D87CC444D19636789CF346BA948"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5ED67164434E4A32A89DBBA7CE6323A3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C7661676-C255-40CD-907F-3ACA2D4ADA69}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="5ED67164434E4A32A89DBBA7CE6323A38"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="01549E7218394404954D11D789153E55"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C271392-205A-4376-8E8E-2835F12EE09A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="01549E7218394404954D11D789153E558"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D83AF7412D5447CA8F141EAA9FE627C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7C13745-6264-4F7E-B65F-4D64B2C231A2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1D83AF7412D5447CA8F141EAA9FE627C8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4BB97F8826504124B2DAC74D27B357B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A25C8C7C-EEEC-447F-BC7A-606EC17F5A06}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="4BB97F8826504124B2DAC74D27B357B68"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93D40897E89D4752B75110669C91BBC9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4E528702-E92D-4D7C-827F-5D5AC150FD3D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="93D40897E89D4752B75110669C91BBC98"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE6315A2CB08426987DD15A21F64C6CA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E815F7DE-5160-440A-AA75-506E2D3BA47E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="AE6315A2CB08426987DD15A21F64C6CA8"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3EE1EF62BDCE44A48858E4391449A0F6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F3BB688E-A284-447E-B77F-1DE08379E7E4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="3EE1EF62BDCE44A48858E4391449A0F68"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter a time.</w:t>
-          </w:r>
-[...88 lines deleted...]
-            <w:t>Choose a number.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BF48055774CB45A3B918B770278937D3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D4363A05-F6D1-40C1-B4E4-D9F151A6304C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="BF48055774CB45A3B918B770278937D38"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF6C7F27CC244FA887180F73FAF3F5C3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3D193532-0ED3-4C1C-94E5-9A1317919E76}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="AF6C7F27CC244FA887180F73FAF3F5C37"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="435B4DC632114B0886AC9B19AD4DC144"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{845AF645-6B61-4284-AA31-C0E992C66AFE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="435B4DC632114B0886AC9B19AD4DC1447"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A5F4C826DDC543E695327DEF95781759"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{56FFC77F-061F-4456-B0D2-359475646F73}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="A5F4C826DDC543E695327DEF957817597"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CE146CF51C71483A9451F7112945742B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{435BC8C4-8528-41D8-B0F0-3CEDCEE55C4F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="CE146CF51C71483A9451F7112945742B7"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D8992CAA15C49F8BBDDEF6CECC32FFB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6ACAE9D8-CA4C-4F00-9780-C916EDEDF8B0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1D8992CAA15C49F8BBDDEF6CECC32FFB7"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6AB0B9EA6164492BA5B56A6670F40BA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2018B75F-43AA-49E6-A847-AF27DCA63A87}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="6AB0B9EA6164492BA5B56A6670F40BA17"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="612FC82CE7164689B6E320278E9A6ECD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{573C980E-E534-49BC-B3F5-95C90F0688D7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="612FC82CE7164689B6E320278E9A6ECD7"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5E337273A9714F6EA281B4C6B3153500"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FE746F3F-4C75-4DEF-B037-2846AA0CE053}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="5E337273A9714F6EA281B4C6B31535007"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8A33268286B0430693C2DB316376AFF2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2DF4CB2-3415-4251-9216-F4DA1702732F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="8A33268286B0430693C2DB316376AFF27"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AD05B57BBA5A48C7AED5760A8A9A40E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{72709D97-8465-4947-A12D-1E9AE8E8658B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="AD05B57BBA5A48C7AED5760A8A9A40E57"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B913BCCAE884D609C53D5A6F5E98FD2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{910521BB-0794-4222-9964-C8A112651F10}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="5B913BCCAE884D609C53D5A6F5E98FD27"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CC458D7E5410405985A9AB879E83ED80"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0B904A29-3C0E-4F5E-817E-74CB3F5ACC21}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="CC458D7E5410405985A9AB879E83ED807"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="987B9C5FC3604289B286364F32FBE403"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AFA4F766-2C85-4C6E-8E0B-1C026C35BA35}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="987B9C5FC3604289B286364F32FBE4037"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C85390B12E314A2CAD880CBD2B14287E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF823ACB-A641-4FED-8FE8-23D14B7E552C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="C85390B12E314A2CAD880CBD2B14287E7"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9A974327FA92450FA02BE406BE8B7820"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A78A4778-22E4-4372-B629-93D92B97ECEF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="9A974327FA92450FA02BE406BE8B78207"/>
           </w:pPr>
           <w:r w:rsidRPr="00151F20">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D096FF2191D9466B9E96662E6CDC36A9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{82AE4411-15F2-4BD8-B74E-08AD6D47EF93}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="D096FF2191D9466B9E96662E6CDC36A91"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37BD20779D454EEEB83267BC8F501CE8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0FF25DA3-784E-4250-ABC6-699A87CC81A0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="37BD20779D454EEEB83267BC8F501CE8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BA721290486743F28AEF789E9D5B3D9E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D5BEB804-CABF-4173-B830-11D78EE33201}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="BA721290486743F28AEF789E9D5B3D9E"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B16805571B24E4997EDFEA2583829C4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{50BEA3AC-714E-43B7-AA90-7F1BD352AB5F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="0B16805571B24E4997EDFEA2583829C4"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="293FD067F20646ADAB7F798904949762"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A7F4DC1E-4368-4E71-BD79-51B4B23BAFEB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="293FD067F20646ADAB7F798904949762"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DED1671F74C4445CA3E8E08FC192E494"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0B7448C0-D54A-4998-B40B-DD15A2BBCE7C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="DED1671F74C4445CA3E8E08FC192E494"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E9ABABC182BD4D7096A56580D2F7D3E6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4B1A0E56-ED69-441D-BDCB-3CD3D581182B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="E9ABABC182BD4D7096A56580D2F7D3E6"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1BBEB918AF6D4A5788BF5C4B7506D0E0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{158DC555-4E57-4DA9-89ED-700C60678E11}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E0A32" w:rsidRDefault="005E0A32" w:rsidP="005E0A32">
           <w:pPr>
             <w:pStyle w:val="1BBEB918AF6D4A5788BF5C4B7506D0E0"/>
           </w:pPr>
           <w:r w:rsidRPr="00B36738">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8901EFEF43E4C15829ECE1AE1E7ACDD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{66E9A211-65C1-4A10-9AB7-A9DF52E50CFF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="F8901EFEF43E4C15829ECE1AE1E7ACDD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="544EF1CA872A4803A10E795BA8E44222"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C07F7D68-5005-4B42-8D21-B37575AC4C97}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="544EF1CA872A4803A10E795BA8E44222"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8846D19D14C4495599891629B2AD3E3A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1A9D7F99-EB0A-4146-8D50-E911978C7B02}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="8846D19D14C4495599891629B2AD3E3A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F0160D7070C040DAAE39756E626DF5B0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36763F5A-5CE4-4084-A88A-3477D4459688}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="F0160D7070C040DAAE39756E626DF5B0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2FF9CBC3E0024B419376E503409B72C4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7C1B5EF-75D1-4071-BE12-4C263700B2F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="2FF9CBC3E0024B419376E503409B72C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D274C92221B14CA98DB33B2951B88EAC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{784AE861-DBAC-43D4-ADC5-D92B11CEF2D6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="D274C92221B14CA98DB33B2951B88EAC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="88893797F55345BA9CB5E636A605E82D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AE3B3931-C9C6-4B2F-A52C-1305AF846380}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="88893797F55345BA9CB5E636A605E82D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7905A981C3194763AAA7D1E341FE0AC2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DF4A535-4D8F-4F02-9F8F-9350B100A089}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="7905A981C3194763AAA7D1E341FE0AC2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E3370AEA29214213A5D08D8ABB9390CA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2CE1D189-F54E-4048-83BC-082E92449120}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="E3370AEA29214213A5D08D8ABB9390CA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03CEC77DC1034E12AA49352FFF08AC68"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9FC3F735-E768-4845-8DB6-4690CDA7BD86}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="03CEC77DC1034E12AA49352FFF08AC68"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FE37AAFDD6746C4B4A292676C015F30"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ADD38B44-56F6-4980-9213-ED131658CB73}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="4FE37AAFDD6746C4B4A292676C015F30"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B66D45C8F25C49C296470DD24BB766E5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4697D360-1F53-4BD7-94A9-73F849131A64}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007D037C" w:rsidRDefault="007D037C" w:rsidP="007D037C">
+          <w:pPr>
+            <w:pStyle w:val="B66D45C8F25C49C296470DD24BB766E5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="501549" w:themeColor="accent5" w:themeShade="80"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>Choose an item</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00151F20">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -21942,76 +21019,74 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35861085"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3D05DAE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -22367,50 +21442,52 @@
     <w:rsid w:val="00031587"/>
     <w:rsid w:val="00061614"/>
     <w:rsid w:val="000F55C2"/>
     <w:rsid w:val="000F74CE"/>
     <w:rsid w:val="00134920"/>
     <w:rsid w:val="001603FA"/>
     <w:rsid w:val="001E0065"/>
     <w:rsid w:val="002302EE"/>
     <w:rsid w:val="00231E07"/>
     <w:rsid w:val="0024275B"/>
     <w:rsid w:val="002F56F4"/>
     <w:rsid w:val="00363584"/>
     <w:rsid w:val="00394AD7"/>
     <w:rsid w:val="003E2457"/>
     <w:rsid w:val="003F1881"/>
     <w:rsid w:val="00443814"/>
     <w:rsid w:val="00536C79"/>
     <w:rsid w:val="00597DF2"/>
     <w:rsid w:val="005A0AF3"/>
     <w:rsid w:val="005B1CE6"/>
     <w:rsid w:val="005B3AA5"/>
     <w:rsid w:val="005C1025"/>
     <w:rsid w:val="005E0A32"/>
     <w:rsid w:val="007034FA"/>
     <w:rsid w:val="007937EC"/>
+    <w:rsid w:val="007D037C"/>
+    <w:rsid w:val="00821F03"/>
     <w:rsid w:val="00A545B3"/>
     <w:rsid w:val="00B37EBB"/>
     <w:rsid w:val="00BF70F2"/>
     <w:rsid w:val="00CC6A21"/>
     <w:rsid w:val="00CF4E6C"/>
     <w:rsid w:val="00D0423C"/>
     <w:rsid w:val="00D8089E"/>
     <w:rsid w:val="00D937DB"/>
     <w:rsid w:val="00E02EAD"/>
     <w:rsid w:val="00E1581B"/>
     <w:rsid w:val="00E33622"/>
     <w:rsid w:val="00EE2823"/>
     <w:rsid w:val="00FA4488"/>
     <w:rsid w:val="00FF190B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -22834,51 +21911,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005E0A32"/>
+    <w:rsid w:val="007D037C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="92DF1E579CC64211879FB57FECEDC6AE">
     <w:name w:val="92DF1E579CC64211879FB57FECEDC6AE"/>
     <w:rsid w:val="00CC6A21"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D790D3AB0AB459888DF2F50D2391437">
     <w:name w:val="1D790D3AB0AB459888DF2F50D2391437"/>
     <w:rsid w:val="00CC6A21"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="76B1C16868274D44A037082F83EDB5C1">
     <w:name w:val="76B1C16868274D44A037082F83EDB5C1"/>
     <w:rsid w:val="00CC6A21"/>
@@ -24341,50 +23418,442 @@
     <w:rsid w:val="005E0A32"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9ABABC182BD4D7096A56580D2F7D3E6">
     <w:name w:val="E9ABABC182BD4D7096A56580D2F7D3E6"/>
     <w:rsid w:val="005E0A32"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1BBEB918AF6D4A5788BF5C4B7506D0E0">
     <w:name w:val="1BBEB918AF6D4A5788BF5C4B7506D0E0"/>
     <w:rsid w:val="005E0A32"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0AA231A4C53B4BECA1CC3FDF003800CB">
+    <w:name w:val="0AA231A4C53B4BECA1CC3FDF003800CB"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29D5C6024CAE40438763A71B4F4F5EB8">
+    <w:name w:val="29D5C6024CAE40438763A71B4F4F5EB8"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C6D7AF8063A48C2B0C8398556243FCE">
+    <w:name w:val="8C6D7AF8063A48C2B0C8398556243FCE"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DA64ACA6C1947CC91BC041F9BAF6A53">
+    <w:name w:val="0DA64ACA6C1947CC91BC041F9BAF6A53"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C25B0596F7B491A8755497DEEEF91F1">
+    <w:name w:val="4C25B0596F7B491A8755497DEEEF91F1"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15B944DE019445898E78FBC1C70AA5DE">
+    <w:name w:val="15B944DE019445898E78FBC1C70AA5DE"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC546D55D6D741FFB8033254A6EFC3A1">
+    <w:name w:val="CC546D55D6D741FFB8033254A6EFC3A1"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E60DF2F0AD4419FAEEB9936CE274C54">
+    <w:name w:val="5E60DF2F0AD4419FAEEB9936CE274C54"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15776800A21A49449B053DFD8CBEC312">
+    <w:name w:val="15776800A21A49449B053DFD8CBEC312"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BFE6C35C7554E2F95920BCD1EADB9BD">
+    <w:name w:val="3BFE6C35C7554E2F95920BCD1EADB9BD"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C511DDAB7C4242AB9607E6085ACD0C35">
+    <w:name w:val="C511DDAB7C4242AB9607E6085ACD0C35"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27C18A50AFF846C6A3E9B80AA4ACA2D3">
+    <w:name w:val="27C18A50AFF846C6A3E9B80AA4ACA2D3"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40FE8E115D3B4D46A5922836B7663BCC">
+    <w:name w:val="40FE8E115D3B4D46A5922836B7663BCC"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44D123671D08497FB9420D2C1B6A50A0">
+    <w:name w:val="44D123671D08497FB9420D2C1B6A50A0"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9394B8821C354E81AF22C1A7DDAD6BCD">
+    <w:name w:val="9394B8821C354E81AF22C1A7DDAD6BCD"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FAB6A62671E4C2F9932BB83C4E99CE7">
+    <w:name w:val="5FAB6A62671E4C2F9932BB83C4E99CE7"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8901EFEF43E4C15829ECE1AE1E7ACDD">
+    <w:name w:val="F8901EFEF43E4C15829ECE1AE1E7ACDD"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="544EF1CA872A4803A10E795BA8E44222">
+    <w:name w:val="544EF1CA872A4803A10E795BA8E44222"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8846D19D14C4495599891629B2AD3E3A">
+    <w:name w:val="8846D19D14C4495599891629B2AD3E3A"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0160D7070C040DAAE39756E626DF5B0">
+    <w:name w:val="F0160D7070C040DAAE39756E626DF5B0"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FF9CBC3E0024B419376E503409B72C4">
+    <w:name w:val="2FF9CBC3E0024B419376E503409B72C4"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D274C92221B14CA98DB33B2951B88EAC">
+    <w:name w:val="D274C92221B14CA98DB33B2951B88EAC"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88893797F55345BA9CB5E636A605E82D">
+    <w:name w:val="88893797F55345BA9CB5E636A605E82D"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7905A981C3194763AAA7D1E341FE0AC2">
+    <w:name w:val="7905A981C3194763AAA7D1E341FE0AC2"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3370AEA29214213A5D08D8ABB9390CA">
+    <w:name w:val="E3370AEA29214213A5D08D8ABB9390CA"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03CEC77DC1034E12AA49352FFF08AC68">
+    <w:name w:val="03CEC77DC1034E12AA49352FFF08AC68"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FE37AAFDD6746C4B4A292676C015F30">
+    <w:name w:val="4FE37AAFDD6746C4B4A292676C015F30"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B66D45C8F25C49C296470DD24BB766E5">
+    <w:name w:val="B66D45C8F25C49C296470DD24BB766E5"/>
+    <w:rsid w:val="007D037C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Grayscale">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
@@ -24653,151 +24122,191 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A17A285C8ED92B4995931E91663026D2" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="63f68bd04dab2b5eebdac073c6b7d7b1">
-[...2 lines deleted...]
-    <xsd:import namespace="d448636a-efa1-4e00-b114-7090434a6a00"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3ca20c4f-63db-48fb-9350-04ca3f147f2d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="71e0f031-311d-404c-ab70-0612c1aa3131">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100312C7CFC5FD1CA4283ECA7A8FAF5C78B" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b347c93fa1efcea36ccb78f6e62b7c94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71e0f031-311d-404c-ab70-0612c1aa3131" xmlns:ns3="3ca20c4f-63db-48fb-9350-04ca3f147f2d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8da60ae84ca668e287e9ef83d42e4221" ns2:_="" ns3:_="">
+    <xsd:import namespace="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <xsd:import namespace="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d867d642-4ebb-41d0-bcd2-ba60a1988cd6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71e0f031-311d-404c-ab70-0612c1aa3131" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c03f8475-640f-4944-9dcc-2d3788384b7c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d448636a-efa1-4e00-b114-7090434a6a00" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ca20c4f-63db-48fb-9350-04ca3f147f2d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6361e819-ea43-4a79-984e-f69f1cb2575a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3ca20c4f-63db-48fb-9350-04ca3f147f2d">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...5 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="5" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
@@ -24843,185 +24352,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6611B6C1-9ACC-4933-A4BC-0FDEBE7F87C1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79762105-D19E-4056-891D-687A2A011097}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{274EBFA9-66B8-4098-9CF8-02D70C2AC351}">
-[...8 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C2A5F1F-20D2-45BF-976C-F5EAFB78EF48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{274EBFA9-66B8-4098-9CF8-02D70C2AC351}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79762105-D19E-4056-891D-687A2A011097}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E5A3B6C-9AB8-4D9E-AEF7-31691D2C04FF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <ds:schemaRef ds:uri="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{034a106e-6316-442c-ad35-738afd673d2b}" enabled="1" method="Standard" siteId="{cddc1229-ac2a-4b97-b78a-0e5cacb5865c}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2089</Words>
-  <Characters>11910</Characters>
+  <Words>2199</Words>
+  <Characters>12074</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>27</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>227</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SOR RL LOGO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13972</CharactersWithSpaces>
+  <CharactersWithSpaces>14184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Manual SOR Business Process and Template</dc:title>
   <dc:subject/>
   <dc:creator>Manual SOR business process 2019</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A17A285C8ED92B4995931E91663026D2</vt:lpwstr>
+    <vt:lpwstr>0x010100312C7CFC5FD1CA4283ECA7A8FAF5C78B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_SetDate">
     <vt:lpwstr>2022-04-20T16:15:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Name">
     <vt:lpwstr>034a106e-6316-442c-ad35-738afd673d2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_SiteId">
     <vt:lpwstr>cddc1229-ac2a-4b97-b78a-0e5cacb5865c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>