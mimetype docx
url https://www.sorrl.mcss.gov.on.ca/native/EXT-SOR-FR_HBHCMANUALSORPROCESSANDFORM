--- v0 (2025-10-11)
+++ v1 (2026-01-28)
@@ -26,5268 +26,2600 @@
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="52447BC0" w14:textId="1FA9CFDB" w:rsidR="00FF029D" w:rsidRDefault="003C4286" w:rsidP="00D91683">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5097D5DB" wp14:editId="26FA3B77">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5097D5DB" wp14:editId="6296F542">
             <wp:extent cx="1922318" cy="358909"/>
             <wp:effectExtent l="0" t="0" r="1905" b="3175"/>
-            <wp:docPr id="3" name="Picture 3"/>
+            <wp:docPr id="3" name="Picture 3">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="3" name="Picture 3">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2018666" cy="376898"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B8446E" w14:textId="6DDF37D9" w:rsidR="00716747" w:rsidRPr="005C2F1A" w:rsidRDefault="00A110FC" w:rsidP="00D91683">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Processus opérationnel </w:t>
       </w:r>
       <w:r w:rsidR="00254724">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r w:rsidR="002B5E9F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>formulaire de soumission</w:t>
       </w:r>
       <w:r w:rsidR="00254724">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>manuel</w:t>
       </w:r>
       <w:r w:rsidR="002B5E9F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="002B5E9F">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Rapport d’Incident Grave</w:t>
       </w:r>
       <w:r w:rsidR="00AB5BB0">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00A45F24">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Bébés </w:t>
       </w:r>
       <w:r w:rsidR="00AB5BB0">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">en Santé, </w:t>
       </w:r>
       <w:r w:rsidR="00A45F24">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Enfants </w:t>
       </w:r>
       <w:r w:rsidR="00AB5BB0">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>en Santé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218B79C4" w14:textId="4B34047C" w:rsidR="00716747" w:rsidRPr="005C2F1A" w:rsidRDefault="00623AAE" w:rsidP="000A150F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Objet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC47DC3" w14:textId="629E9B17" w:rsidR="003509E7" w:rsidRPr="005C2F1A" w:rsidRDefault="003509E7" w:rsidP="007B3895">
+    <w:p w14:paraId="28CFE31C" w14:textId="647813A5" w:rsidR="00DB4B2A" w:rsidRPr="005C2F1A" w:rsidRDefault="0061415D" w:rsidP="007B3895">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FF1A48" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">Tous les </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40963" w:rsidRPr="005C2F1A">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
+        <w:t>apports d'</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40963" w:rsidRPr="005C2F1A">
+        <w:t>Incident</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40963" w:rsidRPr="005C2F1A">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
+        <w:t xml:space="preserve">rave </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Ministère des Services à l’enfance et des Services sociaux et communautaires (MSESC) </w:t>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40963" w:rsidRPr="005C2F1A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004D4653" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">) doivent être déclarés dans le système de </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5B76" w:rsidRPr="005C2F1A">
+        <w:t>Gestion des Rapports d’Incident Grave et de Permis d’Établissement (GRIG-PE)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>I</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, y compris en dehors des heures </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36308" w:rsidRPr="005C2F1A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ouvrables/heures de travail</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004D4653" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004D4653" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>orsque l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007E7B5D" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">util </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001301CE">
+        </w:rPr>
+        <w:t xml:space="preserve">GRIG-PE </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>est temporairement hors ligne, indisponible ou inopéran</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5D7B">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A1341C" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>t, l</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">e formulaire </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A1341C" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">de soumission manuelle de RIG </w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">pour les services </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>« Bébés en santé, enfants en santé »</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">(BSES) </w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B40963" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">doit être utilisé par les </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>fournisseurs</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de services </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BSES</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour soumettre un </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C2F1A">
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve"> au ministère. Étant donné que les </w:t>
+      </w:r>
+      <w:r w:rsidR="002042E9">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A36308" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>Dépositaires de renseignements sur la santé</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve"> qui fournissent des services </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1BE5">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">BSES </w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
+        <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="002A062B" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">en vertu de la Loi sur la </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1BE5">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009E18E5" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="002A062B" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>rotection des renseignements personnels sur la santé (</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1BE5">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00005382" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t>LPRPS</w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="002A062B" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">) ont un pouvoir limité de divulguer des renseignements personnels, le formulaire exclut les champs </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2B98">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BD72A4" w:rsidRPr="005C2F1A">
+        </w:rPr>
+        <w:t xml:space="preserve">qui recueillent </w:t>
+      </w:r>
+      <w:r w:rsidR="00873DA4" w:rsidRPr="00873DA4">
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> qui atténuent les risques de divulgation de renseignements personnels sur la santé.</w:t>
+        </w:rPr>
+        <w:t>des renseignements personnels sur les individus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7000B6D7" w14:textId="769CF787" w:rsidR="00140D0E" w:rsidRPr="005C2F1A" w:rsidRDefault="00140D0E" w:rsidP="00140D0E">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Un </w:t>
       </w:r>
       <w:r w:rsidR="0055197E" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> manuel doit être présenté dans les délais de déclaration définis dans les </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00F52B6A" w:rsidRPr="005C2F1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:t>Lignes directrices du signalement d’incident grave du ministère des Services à l’enfance et des Services sociaux et communautaires (MSESC)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001D404E" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Un RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> manuel peut être utilisé pour signaler un nouvel </w:t>
       </w:r>
       <w:r w:rsidR="001D404E" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">incident </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">grave ou pour mettre à jour un </w:t>
       </w:r>
       <w:r w:rsidR="001D404E" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> existant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4DCA20" w14:textId="225D1B48" w:rsidR="0065335F" w:rsidRPr="005C2F1A" w:rsidRDefault="0065335F" w:rsidP="00140D0E">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1A6257CB" w14:textId="55463000" w:rsidR="00E6394E" w:rsidRDefault="00E6394E" w:rsidP="00140D0E">
+      <w:r w:rsidRPr="00E6394E">
+        <w:t xml:space="preserve">Les fournisseurs de services doivent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6394E">
+        <w:t>faire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6394E">
+        <w:t xml:space="preserve"> des efforts raisonnables pour informer leur contact au ministère lorsqu'ils constatent que l'</w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6394E">
+        <w:t xml:space="preserve">util </w:t>
+      </w:r>
+      <w:r>
+        <w:t>GRIG-PE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6394E">
+        <w:t xml:space="preserve"> est temporairement hors ligne, indisponible ou inutilisable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4DCA20" w14:textId="06A8F241" w:rsidR="0065335F" w:rsidRPr="005C2F1A" w:rsidRDefault="0065335F" w:rsidP="00140D0E">
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Pour toute exigence d'accessibilité relative à ce document, veuillez communiquer avec le représentant de votre ministère.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4562B3" w14:textId="67386A15" w:rsidR="008C301E" w:rsidRPr="005C2F1A" w:rsidRDefault="008C301E" w:rsidP="008C301E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-          <w:lang w:val="fr-CA"/>
+        <w:t>Processus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F0479D" w14:textId="77777777" w:rsidR="001B1DA3" w:rsidRPr="00255748" w:rsidRDefault="00D32B40" w:rsidP="00255748">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk8804933"/>
+      <w:r w:rsidRPr="00255748">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Processus</w:t>
+        <w:t>Déterminer s'il y a lieu de soumettre un RIG manuel, en fonction des conditions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CDB336" w14:textId="2A4A0D79" w:rsidR="000E78F2" w:rsidRPr="005C2F1A" w:rsidRDefault="004A2367" w:rsidP="00B73380">
-[...100 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="18198C99" w14:textId="1C94E91B" w:rsidR="00D32B40" w:rsidRPr="00255748" w:rsidRDefault="00D32B40" w:rsidP="00255748">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00255748">
+        <w:t>Si GRIG-PE n'est pas disponible ou est inaccessible et qu’un IG survient pendant les heures de bureau, les fournisseurs de services doivent remplir et soumettre un formulaire de soumission manuelle de RIG à la personne désignée du ministère.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05887467" w14:textId="7948A613" w:rsidR="001D1901" w:rsidRPr="005C2F1A" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="0BB79FAE" w14:textId="1E757EF9" w:rsidR="001B1DA3" w:rsidRPr="00255748" w:rsidRDefault="001B1DA3" w:rsidP="00255748">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00255748">
+        <w:t>Si GRIG-PE n'est pas disponible ou est inaccessible et qu’un IG qui n’est pas très litigieux survient en dehors des heures de travail, les fournisseurs de services doivent remplir et soumettre un formulaire de soumission manuelle de RIG à la personne désignée du ministère.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD4D46B" w14:textId="18E5F912" w:rsidR="00E31A51" w:rsidRPr="00255748" w:rsidRDefault="001B1DA3" w:rsidP="00255748">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00255748">
+        <w:t xml:space="preserve">Si GRIG-PE n'est pas disponible ou est inaccessible et qu'un IG qui est très litigieux survient en dehors des heures de travail, les fournisseurs de services doivent remplir et soumettre un formulaire de soumission manuelle de RIG à la personne désignée du ministère. Les fournisseurs de services qui ne relèvent pas du système de Justice pour la Jeunesse doivent AUSSI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255748">
+        <w:t xml:space="preserve">rapporter l'IG en </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31A51" w:rsidRPr="00255748">
+        <w:t>contactant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255748">
+        <w:t xml:space="preserve"> la ligne d'urgence après les heures de bureau, au 905-454-5000, poste 5314 ou 5315.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6721DBFD" w14:textId="77777777" w:rsidR="00E31A51" w:rsidRPr="00255748" w:rsidRDefault="001B1DA3" w:rsidP="00255748">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00255748">
+        <w:t>Si GRIG-PE n'est pas disponible ou est inaccessible et que l'on prévoit que l'accès sera rétabli à l’intérieur les délais prévus, les fournisseurs de services peuvent attendre de re</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31A51" w:rsidRPr="00255748">
+        <w:t>gagner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255748">
+        <w:t xml:space="preserve"> l'accès pour déclarer le RIG dans GRIG-PE. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA98D2E" w14:textId="77777777" w:rsidR="00552B6A" w:rsidRPr="005B3657" w:rsidRDefault="001B1DA3" w:rsidP="00E31A51">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3657">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Remplir un formulaire de RIG manuel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEFEEDB" w14:textId="5332E563" w:rsidR="00854517" w:rsidRDefault="001B1DA3" w:rsidP="00552B6A">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:t xml:space="preserve">Si vous avez déterminé qu’un RIG manuel est requis, complétez le formulaire </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:t>desoumission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:t xml:space="preserve"> manuelle de RIG ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31969AA1" w14:textId="77777777" w:rsidR="00854517" w:rsidRPr="005B3657" w:rsidRDefault="001B1DA3" w:rsidP="00854517">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B3657">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Envoyer le formulaire de soumission manuelle de RIG à la personne désignée du ministère :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B3260D" w14:textId="7C63912E" w:rsidR="00854517" w:rsidRDefault="001B1DA3" w:rsidP="00854517">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
-          <w:lang w:val="fr-CA"/>
-[...4 lines deleted...]
-          <w:lang w:val="fr-CA"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Région de l'Est : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="005C2F1A">
+        <w:r w:rsidR="00854517" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="fr-CA"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ERSOR-RL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EE6441F" w14:textId="6AEBB201" w:rsidR="001D1901" w:rsidRPr="005C2F1A" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="1E49F224" w14:textId="2D3F5D83" w:rsidR="00854517" w:rsidRDefault="001B1DA3" w:rsidP="00854517">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
-          <w:lang w:val="fr-CA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Région de Toronto : </w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002256E9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Région de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Toronto : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="005C2F1A">
+        <w:r w:rsidR="00854517" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="fr-CA"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskTorontoRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42D035A6" w14:textId="0DE093EF" w:rsidR="001D1901" w:rsidRPr="005C2F1A" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="6388D299" w14:textId="3A2AC368" w:rsidR="00854517" w:rsidRDefault="001B1DA3" w:rsidP="00854517">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
-          <w:lang w:val="fr-CA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Région de l'Ouest : </w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002256E9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Région de l'Ouest :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="005C2F1A">
+        <w:r w:rsidR="00854517" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="fr-CA"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>WestRegionSO@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48A6F9B8" w14:textId="2876D855" w:rsidR="001D1901" w:rsidRPr="005C2F1A" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="2B156D01" w14:textId="31976EEC" w:rsidR="00854517" w:rsidRDefault="001B1DA3" w:rsidP="00854517">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
-          <w:lang w:val="fr-CA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Région du Centre : </w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002256E9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Région du Centre :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="008D5660" w:rsidRPr="005C2F1A">
+        <w:r w:rsidR="00854517" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="fr-CA"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskCentralRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48C6EE92" w14:textId="5BF2D071" w:rsidR="001D1901" w:rsidRPr="005C2F1A" w:rsidRDefault="001D1901" w:rsidP="00BC06DE">
+    <w:p w14:paraId="501A49F4" w14:textId="3068CD42" w:rsidR="00854517" w:rsidRPr="003C74D5" w:rsidRDefault="001B1DA3" w:rsidP="003C74D5">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
-          <w:lang w:val="fr-CA"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Région du Nord : </w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002256E9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Région du Nord :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1DA3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="008533A8" w:rsidRPr="005C2F1A">
+        <w:r w:rsidR="00854517" w:rsidRPr="00A64766">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="fr-CA"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AskNorthRegionSORRL@ontario.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FF08C8A" w14:textId="760FC039" w:rsidR="00BC06DE" w:rsidRPr="005C2F1A" w:rsidRDefault="00764CA4" w:rsidP="004F2A0B">
-[...120 lines deleted...]
-        <w:t xml:space="preserve">manuels mis à jour à votre contact régional respectif mentionné ci-dessus, en vous assurant de cocher la case dans le formulaire indiquant que le rapport est une mise à jour. </w:t>
+    <w:p w14:paraId="76F7F2CF" w14:textId="15456940" w:rsidR="00D32B40" w:rsidRPr="002256E9" w:rsidRDefault="001B1DA3" w:rsidP="002256E9">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002256E9">
+        <w:t>Dans la ligne d'objet du courriel, veuillez inclure des détails tels que « RIG manuel » et le « Nom du fournisseur de services ». N'incluez aucun renseignement personnel</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6AD0" w:rsidRPr="002256E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002256E9">
+        <w:t>dans le nom du fichier ou la ligne d'objet.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3E5C9286" w14:textId="0B003D5F" w:rsidR="00AF551D" w:rsidRPr="005C2F1A" w:rsidRDefault="00B24470" w:rsidP="00CC4D6F">
+    <w:p w14:paraId="13DCE70B" w14:textId="77777777" w:rsidR="00CF6AD0" w:rsidRPr="000456B3" w:rsidRDefault="001B1DA3" w:rsidP="000456B3">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000456B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Soumettre une mise à jour</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DAF3DE" w14:textId="77777777" w:rsidR="002B368C" w:rsidRDefault="001B1DA3" w:rsidP="000456B3">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000456B3">
+        <w:t>Jusqu'à ce que le MSESC estime qu'aucune autre mesure n'est requise de la part du fournisseur de services en ce qui concerne l'IG, les fournisseurs de services sont tenus de fournir des mises à jour à mesure que de nouveaux renseignements deviennent disponibles sur l'IG et au moins tous les 7 jours ouvrables</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6AD0" w:rsidRPr="000456B3">
+        <w:t xml:space="preserve"> jusqu’à ce que le ministère </w:t>
+      </w:r>
+      <w:r w:rsidR="000456B3" w:rsidRPr="000456B3">
+        <w:t>détermine</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6AD0" w:rsidRPr="000456B3">
+        <w:t xml:space="preserve"> qu’aucune autre</w:t>
+      </w:r>
+      <w:r w:rsidR="000456B3">
+        <w:t xml:space="preserve"> action est requise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000456B3">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A10E309" w14:textId="77777777" w:rsidR="002B368C" w:rsidRDefault="001B1DA3" w:rsidP="000456B3">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000456B3">
+        <w:t xml:space="preserve">Si GRIG-PE est hors ligne, indisponible ou inopérant au moment où une mise à jour doit être signalée, envoyez un RIG manuel mis à jour à votre contact régional respectif mentionné ci-dessus. Il est important de vous assurer de cocher la case dans le formulaire </w:t>
+      </w:r>
+      <w:r w:rsidR="002B368C">
+        <w:t xml:space="preserve">ci-dessous </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000456B3">
+        <w:t>indiquant que le rapport est une mise à jour, et, si le RIG initial a été soumis par l’entremise de GRIG-PE, d’inclure le numéro d’identification d</w:t>
+      </w:r>
+      <w:r w:rsidR="002B368C">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000456B3">
+        <w:t xml:space="preserve"> RIG s’il est connu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B623480" w14:textId="77777777" w:rsidR="002B368C" w:rsidRPr="002B368C" w:rsidRDefault="001B1DA3" w:rsidP="002B368C">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B368C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Soumettre le RIG sur l’outil GRIG-PE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D97166" w14:textId="4F0EEA62" w:rsidR="001B1DA3" w:rsidRPr="000456B3" w:rsidRDefault="001B1DA3" w:rsidP="002B368C">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="792"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000456B3">
+        <w:t>Une fois que l'accès au système est rétabli, le fournisseur de services doit soumettre le RIG dans GRIG-PE</w:t>
+      </w:r>
+      <w:r w:rsidR="002B368C">
+        <w:t>. L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000456B3">
+        <w:t>e RIG manuel ainsi que toute mise à jour du RIG manuel doivent être téléversés en tant que pièces jointes au RIG. Tous les RIG manuels doivent être soumis dans GRIG-PE, même si l'incident a été résolu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5C9286" w14:textId="76CD238B" w:rsidR="00AF551D" w:rsidRPr="005C2F1A" w:rsidRDefault="00B24470" w:rsidP="00CC4D6F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Avis concernant les renseignements personnels</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591C5ED1" w14:textId="1B34B85B" w:rsidR="00E762CA" w:rsidRPr="005C2F1A" w:rsidRDefault="00A64518" w:rsidP="001952AD">
+    <w:p w14:paraId="591C5ED1" w14:textId="60F73352" w:rsidR="00E762CA" w:rsidRPr="005C2F1A" w:rsidRDefault="00A64518" w:rsidP="001952AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Les noms complets ou les initiales des personnes </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Les noms ou les initiales des personnes </w:t>
       </w:r>
       <w:r w:rsidR="003132B1" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>impliquées dans des Incidents graves</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, y compris les résidents, les clients, les membres du personnel, les tuteurs ou d'autres personnes qui seraient identifiables par l'inclusion de leurs renseignements personnels, ne devraient pas être inclus dans le </w:t>
       </w:r>
       <w:r w:rsidR="003132B1" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> manuel ou le nom du dossier. D'autres types de renseignements </w:t>
       </w:r>
       <w:r w:rsidR="003132B1" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>personnels</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> devraient également être exclus. Les fournisseurs de services sont tenus de prendre des mesures raisonnables pour protéger les renseignements de nature </w:t>
       </w:r>
       <w:r w:rsidR="001104F4" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>sensible</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> contenus dans les </w:t>
       </w:r>
       <w:r w:rsidR="001104F4" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, y compris lorsqu'ils transfèrent et/ou partagent </w:t>
       </w:r>
       <w:r w:rsidR="00FF0DDC" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>des informations sur les IGs</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD88717" w14:textId="77777777" w:rsidR="00A52AA2" w:rsidRPr="005C2F1A" w:rsidRDefault="00A52AA2">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Raleway SemiBold" w:eastAsia="Arial" w:hAnsi="Raleway SemiBold" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="92278F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0295B5CA" w14:textId="61D50E4B" w:rsidR="00EE2A82" w:rsidRPr="005C2F1A" w:rsidRDefault="002B5E9F" w:rsidP="006F15AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Formulaire</w:t>
       </w:r>
       <w:r w:rsidR="00EE2A82" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B0855" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>de soumission manuelle de R</w:t>
       </w:r>
       <w:r w:rsidR="00EE2A82" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>apport d'</w:t>
       </w:r>
       <w:r w:rsidR="007B0855" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00EE2A82" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ncident </w:t>
       </w:r>
       <w:r w:rsidR="007B0855" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00EE2A82" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>rave</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A90674" w14:textId="08B27045" w:rsidR="00715436" w:rsidRDefault="00340B4B" w:rsidP="00873293">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Contexte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA03B3D" w14:textId="77777777" w:rsidR="00C13ED8" w:rsidRDefault="00EE397B" w:rsidP="00947A37">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00947A37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Nouveau RIG ou mise </w:t>
       </w:r>
       <w:r w:rsidR="00FD5EEC" w:rsidRPr="00947A37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>à jour d’un RIG existant?</w:t>
       </w:r>
       <w:r w:rsidR="00C13ED8">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1203520445"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="7BE8BC7CE34A4450A361BD38DDCCC8F5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Nouveau RIG" w:value="Nouveau RIG"/>
             <w:listItem w:displayText="Mise à jour d'un RIG manuel" w:value="Mise à jour d'un RIG manuel"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C13ED8" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00C13ED8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00C13ED8" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5A3DD5DB" w14:textId="59434E6B" w:rsidR="00340B4B" w:rsidRPr="005C2F1A" w:rsidRDefault="00C13ED8" w:rsidP="00947A37">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Si une mise à jour, </w:t>
       </w:r>
       <w:r w:rsidR="00A27C89">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>indiquez le n</w:t>
       </w:r>
       <w:r w:rsidR="00942483" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">uméro de </w:t>
       </w:r>
       <w:r w:rsidR="00A27C89">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">cette </w:t>
       </w:r>
       <w:r w:rsidR="00942483" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>mise à jour</w:t>
       </w:r>
       <w:r w:rsidR="001E6C2A" w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E6C2A" w:rsidRPr="00CA0EFB">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001E6C2A" w:rsidRPr="00A408C7">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1979443925"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="CB9A5424507E45DD8F3CBF0DB70C5AB3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un nombre."/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
             <w:listItem w:displayText="4" w:value="4"/>
             <w:listItem w:displayText="5" w:value="5"/>
             <w:listItem w:displayText="6" w:value="6"/>
             <w:listItem w:displayText="7" w:value="7"/>
             <w:listItem w:displayText="8" w:value="8"/>
             <w:listItem w:displayText="9" w:value="9"/>
             <w:listItem w:displayText="10" w:value="10"/>
             <w:listItem w:displayText="11" w:value="11"/>
             <w:listItem w:displayText="12" w:value="12"/>
             <w:listItem w:displayText="13" w:value="13"/>
             <w:listItem w:displayText="14" w:value="14"/>
             <w:listItem w:displayText="15" w:value="15"/>
             <w:listItem w:displayText="16" w:value="16"/>
             <w:listItem w:displayText="17" w:value="17"/>
             <w:listItem w:displayText="18" w:value="18"/>
             <w:listItem w:displayText="19" w:value="19"/>
             <w:listItem w:displayText="20" w:value="20"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001223C5" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00172CD4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00F4250D" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>nombre</w:t>
           </w:r>
           <w:r w:rsidR="001223C5" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">. </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4AA2CB8E" w14:textId="77777777" w:rsidR="00B65B17" w:rsidRPr="005C2F1A" w:rsidRDefault="00B65B17" w:rsidP="0048750D">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53DEF6B5" w14:textId="7153397C" w:rsidR="00947A37" w:rsidRDefault="00E87C93" w:rsidP="00E458DD">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Niveau d</w:t>
       </w:r>
       <w:r w:rsidR="00B179A8" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>e l’IG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">(pour déterminer les niveaux </w:t>
       </w:r>
       <w:r w:rsidR="00B179A8" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>d’IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, se reporter aux </w:t>
       </w:r>
       <w:r w:rsidR="000B600F" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Lignes directrices du signalement d’incident grave du MSESC</w:t>
       </w:r>
       <w:r w:rsidR="007B51AF" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008932B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
       <w:r w:rsidR="000B600F" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>à la fiche-conseil</w:t>
       </w:r>
       <w:r w:rsidR="008932B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B600F" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Résumé des délais de signalement d’incident grave (niveau) par catégorie</w:t>
       </w:r>
       <w:r w:rsidR="008932B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B51AF" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">pour les définitions et les exigences en matière de </w:t>
       </w:r>
       <w:r w:rsidR="000B600F" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>délai de signalement</w:t>
       </w:r>
       <w:r w:rsidR="007B51AF" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007738D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="007B51AF" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1409265561"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="6F188144A94445B298CF9DE8616EAB3D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Niveau 1 (à déclarer dans un délai de 1 heure)" w:value="Niveau 1 (à déclarer dans un délai de 1 heure)"/>
             <w:listItem w:displayText="Niveau 2 (à déclarer dans un délai de 24 heures) " w:value="Niveau 2 (à déclarer dans un délai de 24 heures) "/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00947A37" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00947A37">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00947A37" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="70DEC6ED" w14:textId="03B82F96" w:rsidR="00095DEA" w:rsidRPr="005C2F1A" w:rsidRDefault="00972477" w:rsidP="0064721C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 1 : Site, date et heure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="702C03F2" w14:textId="2B569DE5" w:rsidR="00947A37" w:rsidRDefault="008E6DFB" w:rsidP="008E6DFB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Région :</w:t>
       </w:r>
       <w:r w:rsidR="00E01825">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-723070139"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="E272F7A8F7AC4263B12AF924801BE48A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Centre" w:value="Centre"/>
             <w:listItem w:displayText="Nord" w:value="Nord"/>
             <w:listItem w:displayText="Ouest" w:value="Ouest"/>
             <w:listItem w:displayText="Est" w:value="Est"/>
             <w:listItem w:displayText="Toronto" w:value="Toronto"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6729B5D6" w14:textId="0BB84F9B" w:rsidR="008E6DFB" w:rsidRPr="005C2F1A" w:rsidRDefault="008E6DFB" w:rsidP="008E6DFB">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom du fournisseur de services : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1274474820"/>
           <w:placeholder>
             <w:docPart w:val="92DF1E579CC64211879FB57FECEDC6AE"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:id w:val="-2089303012"/>
               <w:lock w:val="sdtLocked"/>
               <w:placeholder>
                 <w:docPart w:val="FE1252BC6AE94D8E9BB15355419C303B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w15:color w:val="C0C0C0"/>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidRPr="00A408C7">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                  <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="166DC531" w14:textId="0EDBCC04" w:rsidR="008E6DFB" w:rsidRPr="005C2F1A" w:rsidRDefault="008E6DFB" w:rsidP="008E6DFB">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Nom du site</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">(seuls les sites financés, autorisés ou exploités directement par le </w:t>
       </w:r>
       <w:r w:rsidR="00291476" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">ministère </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>doivent être indiqués)</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-2027785907"/>
           <w:placeholder>
             <w:docPart w:val="1D790D3AB0AB459888DF2F50D2391437"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:id w:val="-539052915"/>
               <w:lock w:val="sdtLocked"/>
               <w:placeholder>
                 <w:docPart w:val="06FA900FAB224A55B9CBBCF3DCDE30C0"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w15:color w:val="C0C0C0"/>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidRPr="006216A0">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                  <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="32D271AD" w14:textId="64BA17E1" w:rsidR="008E6DFB" w:rsidRPr="005C2F1A" w:rsidRDefault="008E6DFB" w:rsidP="008E6DFB">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse du site </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">(pour les sites confidentiels, entrez « confidentiel ») </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1518998728"/>
           <w:placeholder>
             <w:docPart w:val="76B1C16868274D44A037082F83EDB5C1"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:id w:val="605777496"/>
               <w:lock w:val="sdtLocked"/>
               <w:placeholder>
                 <w:docPart w:val="FF1632C802A34CCF8C2E2A7BFD0DFA92"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w15:color w:val="C0C0C0"/>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00CA27C7" w:rsidRPr="006216A0">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-                  <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="21D3FA3D" w14:textId="2C8E3A45" w:rsidR="008E6DFB" w:rsidRPr="005C2F1A" w:rsidRDefault="008E6DFB" w:rsidP="008E6DFB">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Numéro de bénéficiaire de paiement de transfert </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">(pour les programmes financés seulement, à partir du contrat de service) </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-2102709032"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="3F5E4BD9EAD54582958C3E2D204D5627"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CA27C7" w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Cliquez ou appuyez ici </w:t>
           </w:r>
           <w:r w:rsidR="006216A0" w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>pour entrer du texte</w:t>
           </w:r>
           <w:r w:rsidR="00CA27C7" w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">, ou laisser </w:t>
           </w:r>
           <w:r w:rsidR="006216A0" w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>vide</w:t>
           </w:r>
           <w:r w:rsidR="00CA27C7" w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> s'il n'y a pas lieu.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3B30A017" w14:textId="4520C741" w:rsidR="00E01825" w:rsidRDefault="00291476" w:rsidP="00D33E3D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Ce RIG</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> se rapporte-t-</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>il</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> soit à </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>un site</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, soit à une personne que vous avez placée dans </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>un site</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, où </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>le site</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> n'est </w:t>
       </w:r>
       <w:r w:rsidR="000260D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0031375E" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>autorisé</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ni financée par le </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>MSESC</w:t>
       </w:r>
       <w:r w:rsidR="008E6DFB" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> et est exploitée par un organisme tiers ? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1493945735"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="F9D734F4755B47FFA2516B46A11BBAF1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Oui" w:value="Oui"/>
             <w:listItem w:displayText="Non" w:value="Non"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="47EABEF3" w14:textId="6C552AFE" w:rsidR="00DF0871" w:rsidRPr="005C2F1A" w:rsidRDefault="00DF0871" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Date et heure de l'</w:t>
       </w:r>
       <w:r w:rsidR="00291476" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>incident</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> grave :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308C30B7" w14:textId="70C6F6F4" w:rsidR="002C502A" w:rsidRPr="005C2F1A" w:rsidRDefault="002C502A" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Date : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="338366316"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="14FF15106D6F43AD89C30B0CEFC60CF8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="en-CA"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1885F24C" w14:textId="1BFCD7FE" w:rsidR="00C930B4" w:rsidRPr="005C2F1A" w:rsidRDefault="002C502A" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Heure : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:alias w:val="(hh:mm xm)"/>
           <w:tag w:val="(hh:mm xm)"/>
           <w:id w:val="-1028711641"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="A3AD76FB8FE34BA28FC28E571CCCF20C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0752FC42" w14:textId="77777777" w:rsidR="00DB5F40" w:rsidRPr="005C2F1A" w:rsidRDefault="00DB5F40" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03C23168" w14:textId="34178329" w:rsidR="00DF0871" w:rsidRPr="005C2F1A" w:rsidRDefault="00DF0871" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Date et heure à laquelle </w:t>
       </w:r>
       <w:r w:rsidR="003E0216" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">vous avez </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>a pris connaissance de l'</w:t>
       </w:r>
       <w:r w:rsidR="003E0216" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="003E0216" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>considéré</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'incident comme un </w:t>
       </w:r>
       <w:r w:rsidR="003E0216" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>incident</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> grave (s</w:t>
       </w:r>
       <w:r w:rsidR="008427F8" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>i elle</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> est différent de la date et de l'heure de l'</w:t>
       </w:r>
       <w:r w:rsidR="00006F51" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">incident </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>grave) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCA93FA" w14:textId="052C9CA6" w:rsidR="002C502A" w:rsidRPr="005C2F1A" w:rsidRDefault="002C502A" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Date : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1673141531"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="4CDC7FBAB624488CB1967C9CBC9BC592"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="en-CA"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="639BD6AA" w14:textId="1B824CBF" w:rsidR="004913BD" w:rsidRPr="005C2F1A" w:rsidRDefault="002C502A" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Heure : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:alias w:val="(hh:mm xm)"/>
           <w:tag w:val="(hh:mm xm)"/>
           <w:id w:val="-599952469"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="1C5DE8341DF243E89A68E0820BE161ED"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4820AE23" w14:textId="77777777" w:rsidR="00DB5F40" w:rsidRPr="005C2F1A" w:rsidRDefault="00DB5F40" w:rsidP="00DB5F40">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C8734E3" w14:textId="1C97B698" w:rsidR="004913BD" w:rsidRPr="005C2F1A" w:rsidRDefault="00F836D4" w:rsidP="00273958">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Si le RIG est soumis</w:t>
       </w:r>
       <w:r w:rsidR="004913BD" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> en dehors des délais de </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>signalement d’IG</w:t>
       </w:r>
       <w:r w:rsidR="004913BD" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> requis, veuillez indiquer la ou les raisons:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:id w:val="-2032712104"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="963784D8CE614A548883BAE93276F1B9"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="73656937" w14:textId="77777777" w:rsidR="002B729E" w:rsidRPr="005C2F1A" w:rsidRDefault="002B729E" w:rsidP="00F225FB">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="24CA72E3" w14:textId="1B08BE2E" w:rsidR="00BA66A6" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00F225FB">
+        <w:p w14:paraId="24CA72E3" w14:textId="1B08BE2E" w:rsidR="00BA66A6" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00F225FB">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="297CE3EB" w14:textId="7300211F" w:rsidR="00067168" w:rsidRPr="005C2F1A" w:rsidRDefault="00067168" w:rsidP="004724C0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 2 : Personnes impliquées</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605BCA12" w14:textId="401B416B" w:rsidR="005010A6" w:rsidRPr="00911C50" w:rsidRDefault="005010A6" w:rsidP="004724C0">
+    <w:p w14:paraId="3C63FC64" w14:textId="5B12226B" w:rsidR="005010A6" w:rsidRPr="00911C50" w:rsidRDefault="005010A6" w:rsidP="004724C0">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Si l'</w:t>
       </w:r>
       <w:r w:rsidR="00F836D4" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> implique une ou plusieurs personnes (bénéficiaires de services), énumérez toutes les personnes ci-dessous. Si l'</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne concerne pas de personnes </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2101">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(bénéficiaires de services) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(se rapporte à un site (p. ex., une panne de courant) ou à un membre du personnel ou à un parent </w:t>
       </w:r>
       <w:r w:rsidR="00F836D4" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>incident</w:t>
+        </w:rPr>
+        <w:t>d’accueil</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> implique plus de 4 personnes, joignez des pages supplémentaires au besoin.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> (p. ex., une plainte concernant les services fournis)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E246F">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00434D98" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, choisissez l’option « Ne concerne pas de personnes mais se rapporte à un site ou à un membre du personnel » dans la liste déroulante </w:t>
+      </w:r>
+      <w:r w:rsidR="00580FD8" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>ci-dessous</w:t>
+      </w:r>
+      <w:r w:rsidR="002E246F">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C63FC64" w14:textId="4BB40D97" w:rsidR="005010A6" w:rsidRPr="00911C50" w:rsidRDefault="005010A6" w:rsidP="004724C0">
-[...64 lines deleted...]
-    <w:p w14:paraId="093E9731" w14:textId="29BD1358" w:rsidR="00505C75" w:rsidRPr="005C2F1A" w:rsidRDefault="00434EAC" w:rsidP="003A6011">
+    <w:p w14:paraId="680578C1" w14:textId="1877C51B" w:rsidR="006C5681" w:rsidRPr="005C2F1A" w:rsidRDefault="00434EAC" w:rsidP="004724C0">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de personnes (bénéficiaires de services) </w:t>
       </w:r>
       <w:r w:rsidR="00155DDF" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>impliquées dans l’incident</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="5F5F5F" w:themeColor="accent5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="890464756"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="3C9EFC8E506E4AD4AF1B60384336DA44"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un nombre."/>
             <w:listItem w:displayText="Ne concerne pas de personnes mais se rapporte à un site ou à un membre du personnel" w:value="Ne concerne pas de personnes mais se rapporte à un site ou à un membre du personnel"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
             <w:listItem w:displayText="4" w:value="4"/>
             <w:listItem w:displayText="5" w:value="5"/>
             <w:listItem w:displayText="6" w:value="6"/>
             <w:listItem w:displayText="7" w:value="7"/>
             <w:listItem w:displayText="8" w:value="8"/>
             <w:listItem w:displayText="9" w:value="9"/>
             <w:listItem w:displayText="10" w:value="10"/>
             <w:listItem w:displayText="11" w:value="11"/>
             <w:listItem w:displayText="12" w:value="12"/>
             <w:listItem w:displayText="13" w:value="13"/>
             <w:listItem w:displayText="14" w:value="14"/>
             <w:listItem w:displayText="15" w:value="15"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00F225FB">
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un nombre.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1F6C0BCC" w14:textId="77777777" w:rsidR="007946A3" w:rsidRPr="005C2F1A" w:rsidRDefault="007946A3" w:rsidP="00434EAC">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="68A0A08D" w14:textId="61CDD0AC" w:rsidR="00EB3DB5" w:rsidRPr="005C2F1A" w:rsidRDefault="00EB3DB5" w:rsidP="00427138">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C2F1A">
+        <w:rPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Section 3 : Catégories</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76CFD219" w14:textId="5EA4FCB7" w:rsidR="007946A3" w:rsidRPr="005C2F1A" w:rsidRDefault="007946A3" w:rsidP="00434EAC">
-[...57 lines deleted...]
-      </w:sdt>
+    <w:p w14:paraId="1382E811" w14:textId="6D842E78" w:rsidR="005524B7" w:rsidRPr="00911C50" w:rsidRDefault="005524B7" w:rsidP="001373EE">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Si l'</w:t>
+      </w:r>
+      <w:r w:rsidR="001F068B" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>IG implique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une ou plusieurs personnes (bénéficiaires de services), sélectionnez « Personne » dans la colonne </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2F1A" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Lié</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2F1A" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2F1A" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidR="00127A82">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>. Chaque personne impliquée doit avoir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un minimum d'une catégorie. Chaque individu peut avoir plus d'une catégorie.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="680578C1" w14:textId="77777777" w:rsidR="006C5681" w:rsidRPr="005C2F1A" w:rsidRDefault="006C5681" w:rsidP="004724C0">
-[...9 lines deleted...]
-        <w:pStyle w:val="Normalanswer"/>
+    <w:p w14:paraId="55ADAC13" w14:textId="6135E83F" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00707FB1" w:rsidP="00373CDB">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF09D2" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t>Si l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF09D2" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t xml:space="preserve"> ne concerne pas de personnes et se rapporte à un site ou à un </w:t>
+      </w:r>
+      <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...2061 lines deleted...]
-        <w:pStyle w:val="BulletList1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">membre du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">personnel (p. ex., une panne de courant), sélectionnez « Fournisseur de services » dans la colonne </w:t>
+      </w:r>
+      <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F068B" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t>Lié</w:t>
+      </w:r>
+      <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>IG implique</w:t>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005C2F1A" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t xml:space="preserve"> à</w:t>
+      </w:r>
+      <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>« </w:t>
+        </w:rPr>
+        <w:t> »</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...127 lines deleted...]
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, et indiquez au moins une catégorie.</w:t>
       </w:r>
-    </w:p>
-[...73 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="2530"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2610"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FA061A" w:rsidRPr="005C2F1A" w14:paraId="3CD9DDA7" w14:textId="77777777" w:rsidTr="00661420">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -5304,51 +2636,50 @@
           <w:p w14:paraId="32DF6AC4" w14:textId="2540A4AE" w:rsidR="00FA061A" w:rsidRPr="005C2F1A" w:rsidRDefault="00457419" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="IndividualTable_1"/>
             <w:bookmarkStart w:id="2" w:name="CategoryTable_1"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Lié</w:t>
             </w:r>
             <w:r w:rsidR="001F068B" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> à:</w:t>
             </w:r>
           </w:p>
@@ -5466,93 +2797,1352 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t>Catégorie</w:t>
             </w:r>
             <w:r w:rsidR="00FA061A" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> #3 </w:t>
             </w:r>
             <w:r w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t>(le cas échéant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00373CDB" w:rsidRPr="005C2F1A" w14:paraId="2EB60602" w14:textId="77777777" w:rsidTr="00373CDB">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F97F743" w14:textId="3972792E" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="-1341232764"/>
+                <w:placeholder>
+                  <w:docPart w:val="4BCC8951D8A54942958171BAFC4C93BE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
+                  <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
+                  <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
+                  <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
+                  <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
+                  <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
+                  <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
+                  <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
+                  <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
+                  <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
+                  <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
+                  <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
+                  <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
+                  <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
+                  <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
+                  <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:iCs/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03F5C805" w14:textId="072D63D0" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="879359308"/>
+                <w:placeholder>
+                  <w:docPart w:val="497CFE45B8594B7A948A91777F6FE936"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="070712E7" w14:textId="65170D22" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="-585075959"/>
+                <w:placeholder>
+                  <w:docPart w:val="AD3A072538914607AE06AB75859FA4F0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="356CEC67" w14:textId="234F2068" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="2118631897"/>
+                <w:placeholder>
+                  <w:docPart w:val="000A5084168B4CBC828CFEDDF65A810D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00373CDB" w:rsidRPr="005C2F1A" w14:paraId="251B14D7" w14:textId="77777777" w:rsidTr="00373CDB">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7095E82C" w14:textId="46D3037D" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="-1514839765"/>
+                <w:placeholder>
+                  <w:docPart w:val="C2CF2C3223A84C4AAE1356648333EEE7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
+                  <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
+                  <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
+                  <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
+                  <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
+                  <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
+                  <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
+                  <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
+                  <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
+                  <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
+                  <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
+                  <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
+                  <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
+                  <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
+                  <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
+                  <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:iCs/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41F8C43D" w14:textId="1936EE33" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="-128870040"/>
+                <w:placeholder>
+                  <w:docPart w:val="13DF0FA55C42423C9ADDC02ECC7951E4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8D337F" w14:textId="00CDADA5" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="-1968731316"/>
+                <w:placeholder>
+                  <w:docPart w:val="0E37D342B8BF43EDAE198F2208E5EB11"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FD7915" w14:textId="532E43AF" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="835804590"/>
+                <w:placeholder>
+                  <w:docPart w:val="4A507DB01B0A470C96B33815E1EF2A56"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00373CDB" w:rsidRPr="005C2F1A" w14:paraId="50F94FAE" w14:textId="77777777" w:rsidTr="00373CDB">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AFB3966" w14:textId="287DC9CA" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rStyle w:val="Answertest"/>
+                <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="1875652277"/>
+                <w:placeholder>
+                  <w:docPart w:val="682B0E83DD4B41AF882918C8CDB22CAC"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
+                  <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
+                  <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
+                  <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
+                  <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
+                  <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
+                  <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
+                  <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
+                  <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
+                  <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
+                  <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
+                  <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
+                  <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
+                  <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
+                  <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
+                  <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:iCs/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2530" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="142" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="142" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32D5C7DC" w14:textId="20EB7949" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="887386740"/>
+                <w:placeholder>
+                  <w:docPart w:val="7F104F390B254E62A218EF1C759F8AFE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Choisissez un </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>élément</w:t>
+                </w:r>
+                <w:r w:rsidRPr="006458D4">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E61198A" w14:textId="0C1B7F3E" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="743455733"/>
+                <w:placeholder>
+                  <w:docPart w:val="46AE7D1C311A4D108C3F17150F2E08AB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1D9C12" w14:textId="5594737F" w:rsidR="00373CDB" w:rsidRPr="00373CDB" w:rsidRDefault="00373CDB" w:rsidP="00373CDB">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="003366"/>
+                  <w:lang w:val="fr-CA"/>
+                </w:rPr>
+                <w:id w:val="1983268169"/>
+                <w:placeholder>
+                  <w:docPart w:val="A7822DB2373D44069C67D5FEBF78AB28"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choisissez un élément."/>
+                  <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
+                  <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
+                  <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
+                  <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
+                  <w:listItem w:displayText="Décès - Cause inconnue" w:value="Décès - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave - Accident" w:value="Blessure grave - Accident"/>
+                  <w:listItem w:displayText="Blessure grave - Comportement agressif" w:value="Blessure grave - Comportement agressif"/>
+                  <w:listItem w:displayText="Blessure grave - Automutilation" w:value="Blessure grave - Automutilation"/>
+                  <w:listItem w:displayText="Blessure grave - Cause inconnue" w:value="Blessure grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée" w:value="Blessure grave -  Durant une contention physique ou mécanique ou un placement dans une pièce de désescalade sécurisée"/>
+                  <w:listItem w:displayText="Blessure grave - Autre" w:value="Blessure grave - Autre"/>
+                  <w:listItem w:displayText="Maladie grave - Santé mentale" w:value="Maladie grave - Santé mentale"/>
+                  <w:listItem w:displayText="Maladie grave - Maladie transmissible" w:value="Maladie grave - Maladie transmissible"/>
+                  <w:listItem w:displayText="Maladie grave - Autre maladie ou infection" w:value="Maladie grave - Autre maladie ou infection"/>
+                  <w:listItem w:displayText="Maladie grave - Cause inconnue" w:value="Maladie grave - Cause inconnue"/>
+                  <w:listItem w:displayText="Action individuelle grave - Comportement suicidaire" w:value="Action individuelle grave - Comportement suicidaire"/>
+                  <w:listItem w:displayText="Action individuelle grave - Agression" w:value="Action individuelle grave - Agression"/>
+                  <w:listItem w:displayText="Action individuelle grave - Contrabande/risque pour la sécurité" w:value="Action individuelle grave - Contrabande/risque pour la sécurité"/>
+                  <w:listItem w:displayText="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information" w:value="Action individuelle grave - Utilisation inadaptée ou non autorisée des technologies de l'information"/>
+                  <w:listItem w:displayText="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée" w:value="Action individuelle grave - Absence individuelle inhabituelle, suspecte ou non autorisée"/>
+                  <w:listItem w:displayText="Action individuelle grave - Nouvelles accusations graves" w:value="Action individuelle grave - Nouvelles accusations graves"/>
+                  <w:listItem w:displayText="Action individuelle grave - Renonciation ou risque de renonciation à la garde" w:value="Action individuelle grave - Renonciation ou risque de renonciation à la garde"/>
+                  <w:listItem w:displayText="Action individuelle grave - Autre" w:value="Action individuelle grave - Autre"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention physique" w:value="Intervention restrictive - Contention physique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Contention mécanique" w:value="Intervention restrictive - Contention mécanique"/>
+                  <w:listItem w:displayText="Intervention restrictive - Désescalade sécurisée" w:value="Intervention restrictive - Désescalade sécurisée"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus physique" w:value="Abus ou maltraitance - Abus physique"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Préjudice émotionelle" w:value="Abus ou maltraitance - Préjudice émotionelle"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Négligence" w:value="Abus ou maltraitance - Négligence"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Exploitation" w:value="Abus ou maltraitance - Exploitation"/>
+                  <w:listItem w:displayText="Abus ou maltraitance - Abus sexuel" w:value="Abus ou maltraitance - Abus sexuel"/>
+                  <w:listItem w:displayText="Erreur ou omission - Erreur de médication" w:value="Erreur ou omission - Erreur de médication"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment détenue ou placée" w:value="Erreur ou omission - Personne indûment détenue ou placée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Personne indûment libérée" w:value="Erreur ou omission - Personne indûment libérée"/>
+                  <w:listItem w:displayText="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité" w:value="Erreur ou omission - Atteinte réelle ou potentielle à la vie privée ou à la confidentialité"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux droits" w:value="Plainte grave - Plainte liée aux droits"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte liée aux services" w:value="Plainte grave - Plainte liée aux services"/>
+                  <w:listItem w:displayText="Plainte grave - Plainte au sujetd'une personne qui reçoit un service" w:value="Plainte grave - Plainte au sujetd'une personne qui reçoit un service"/>
+                  <w:listItem w:displayText="Plainte grave - Autre" w:value="Plainte grave - Autre"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau" w:value="Perturbation/interruption/urgence/catastrophe - Mauvaise quaité de l'eau"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Incendie" w:value="Perturbation/interruption/urgence/catastrophe - Incendie"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Inondation" w:value="Perturbation/interruption/urgence/catastrophe - Inondation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle" w:value="Perturbation/interruption/urgence/catastrophe - Catastrophe naturelle"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Panne de courant" w:value="Perturbation/interruption/urgence/catastrophe - Panne de courant"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Fuite de gaz" w:value="Perturbation/interruption/urgence/catastrophe - Fuite de gaz"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone" w:value="Perturbation/interruption/urgence/catastrophe - Monoxide de carbone"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Enlèvement" w:value="Perturbation/interruption/urgence/catastrophe - Enlèvement"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse" w:value="Perturbation/interruption/urgence/catastrophe - Éclosion d'une maladie infectueuse"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Émeute" w:value="Perturbation/interruption/urgence/catastrophe - Émeute"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Confrontation" w:value="Perturbation/interruption/urgence/catastrophe - Confrontation"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Prise d'otages" w:value="Perturbation/interruption/urgence/catastrophe - Prise d'otages"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Menace externe" w:value="Perturbation/interruption/urgence/catastrophe - Menace externe"/>
+                  <w:listItem w:displayText="Perturbation/interruption/urgence/catastrophe - Autre" w:value="Perturbation/interruption/urgence/catastrophe - Autre"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00444078">
+                  <w:rPr>
+                    <w:color w:val="5F5F5F" w:themeColor="accent5"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:lang w:val="fr-CA"/>
+                  </w:rPr>
+                  <w:t>Choisissez un élément.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="2EA83F83" w14:textId="77777777" w:rsidTr="00661420">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D1936D9" w14:textId="6CA6CDF7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="0D1936D9" w14:textId="6CA6CDF7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1149428313"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="15D199028EF94E1EA1BA9489DC04043B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
@@ -5572,51 +4162,51 @@
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B59DAE2" w14:textId="26B6E74D" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="1B59DAE2" w14:textId="26B6E74D" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:color w:val="003366"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="55983273"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="A6301815ACB94293AB9551D7AF1B4833"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
@@ -5691,51 +4281,51 @@
                 </w:r>
                 <w:r w:rsidR="00CC0028">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612EBE7B" w14:textId="237EE577" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="612EBE7B" w14:textId="237EE577" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1046418630"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1231A98D7688422ABA6C59A92DCB6171"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
@@ -5794,51 +4384,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00444078">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="594E5F3B" w14:textId="4DC76576" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="594E5F3B" w14:textId="4DC76576" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1120060433"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C1C7EEBED08E4A66888D03149DE11380"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
                   <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
                   <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
@@ -5908,77 +4498,76 @@
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="4EF6F5DA" w14:textId="77777777" w:rsidTr="00661420">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07995FB5" w14:textId="78A54FA6" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="07995FB5" w14:textId="78A54FA6" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1217355987"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9B7E17BB10E74112962E9CAF69C31219"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
@@ -5998,51 +4587,51 @@
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21F95170" w14:textId="1544362C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="21F95170" w14:textId="1544362C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1623569355"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3DE814045A384457B8272CEDEC85021C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
@@ -6102,51 +4691,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A33F17">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B5EF61" w14:textId="37BD5B3C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="74B5EF61" w14:textId="37BD5B3C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-894588007"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E1C146563C1A4AADA728B7DB2713029E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
@@ -6205,51 +4794,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00444078">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02AD5733" w14:textId="3CCFEF6A" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="02AD5733" w14:textId="3CCFEF6A" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-709876542"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="14C971B205694046B1A0081735ED43A8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
                   <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
                   <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
@@ -6319,77 +4908,76 @@
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="4E5C9968" w14:textId="77777777" w:rsidTr="00661420">
         <w:trPr>
           <w:trHeight w:val="232"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73427A1F" w14:textId="41D07470" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="73427A1F" w14:textId="41D07470" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="428556127"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="459116ED27C44E8D8719BD838E125A7C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
@@ -6409,51 +4997,51 @@
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5853E482" w14:textId="3267B9A7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5853E482" w14:textId="3267B9A7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1992864224"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6BDDA9D82C9146468D1F472D9722933B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
@@ -6513,51 +5101,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A33F17">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257222C6" w14:textId="7AC9956E" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="257222C6" w14:textId="7AC9956E" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="315162909"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="88FBB75F03C346089565F9AE5A61BD21"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
@@ -6616,51 +5204,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00444078">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26ACCDB6" w14:textId="7BD878AB" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="26ACCDB6" w14:textId="7BD878AB" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1099793711"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1CDD566C5EED4A27AB58FCB1E1ECD43A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
                   <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
                   <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
@@ -6730,77 +5318,76 @@
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="47550D42" w14:textId="77777777" w:rsidTr="00661420">
         <w:trPr>
           <w:trHeight w:val="779"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5175FFE6" w14:textId="1A8FCBC5" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5175FFE6" w14:textId="1A8FCBC5" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-888421806"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2ABAD05A0EB64B0D81301E5DDE93D932"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
@@ -6820,51 +5407,51 @@
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36E70195" w14:textId="6082384C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="36E70195" w14:textId="6082384C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Answertest"/>
                 <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="972033685"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="298D0C4FD3C24FBDB72CA5DF455E98DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
@@ -6924,51 +5511,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A33F17">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5734819A" w14:textId="198C7242" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5734819A" w14:textId="198C7242" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="003366"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-976685278"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="07281BCC04B2428FB8496697E55CE1B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
@@ -7027,51 +5614,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00444078">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="145CCDEF" w14:textId="3DD60D0F" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="145CCDEF" w14:textId="3DD60D0F" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="003366"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1047108584"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1D0AC933FD854C47B732E7197490C882"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Décès - Suicide" w:value="Décès - Suicide"/>
                   <w:listItem w:displayText="Décès - Violence/homicide" w:value="Décès - Violence/homicide"/>
                   <w:listItem w:displayText="Décès - Accident" w:value="Décès - Accident"/>
                   <w:listItem w:displayText="Décès - Maladie connue ou autre cause naturelle" w:value="Décès - Maladie connue ou autre cause naturelle"/>
@@ -7145,629 +5732,511 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22F744EC" w14:textId="01133124" w:rsidR="00340B4B" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 4 : Notifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFCF0D8" w14:textId="39E563A6" w:rsidR="001A4C60" w:rsidRPr="00911C50" w:rsidRDefault="001A4C60" w:rsidP="00787E09">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Dressez la liste de toutes les notifications qui ont été faites. Veuillez noter les exigences de notification suivantes :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B24DD6" w14:textId="32580DE3" w:rsidR="001A4C60" w:rsidRPr="00911C50" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>Pour chaque personne qui n'est pas un adulte légalement indépendant, un</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>e notification de type</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> parent/tuteur légal</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> est requis</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> avant la fermeture</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> du RIG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC29352" w14:textId="77199414" w:rsidR="001A4C60" w:rsidRPr="00911C50" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>Pour chaque personne ayant une agence de placement, un</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>e notification</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> correspondant</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'agence de placement</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> est requis</w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> avant la fermeture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B90EC7" w14:textId="032AA48C" w:rsidR="001A4C60" w:rsidRPr="00911C50" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour chaque catégorie de </w:t>
       </w:r>
       <w:r w:rsidR="00453B5C" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>écès ajoutée, une notification correspondante du</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> coroner</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> est requise avant la fermeture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A5CBA4" w14:textId="5A1B7466" w:rsidR="001A4C60" w:rsidRPr="00911C50" w:rsidRDefault="001A4C60" w:rsidP="00DD1E2A">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour chaque catégorie de maladie transmissible ou d'éclosion infectieuse ajoutée, une notification correspondante </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>du Bureau local de santé publique</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
+          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> est requise avant la fermeture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7FF1EF" w14:textId="3ADA3F88" w:rsidR="0012638F" w:rsidRPr="00911C50" w:rsidRDefault="003F2557" w:rsidP="00787E09">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Au-delà de ceux qui sont automatiquement requis ci-dessus, ajoutez toutes les notifications qui ont été faites (p. ex., notification de l'</w:t>
       </w:r>
       <w:r w:rsidR="0082290E" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">mbudsman si l'ombudsman a été avisé, </w:t>
       </w:r>
       <w:r w:rsidR="0082290E" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">notification </w:t>
       </w:r>
       <w:r w:rsidR="00D31736" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">à la Société d’aide à l’enfance </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">locale si une notification </w:t>
       </w:r>
       <w:r w:rsidR="00D31736" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">liée </w:t>
       </w:r>
       <w:r w:rsidR="0017770A" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">au Devoir de </w:t>
       </w:r>
       <w:r w:rsidR="008F50B9" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">divulguer à une Société </w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>un besoin de protection</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> a été </w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>complétée</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D2EF76" w14:textId="46AFB328" w:rsidR="004B2B6E" w:rsidRPr="00911C50" w:rsidRDefault="004B2B6E" w:rsidP="00787E09">
+    <w:p w14:paraId="48D2EF76" w14:textId="642C6B2B" w:rsidR="004B2B6E" w:rsidRPr="00911C50" w:rsidRDefault="004B2B6E" w:rsidP="00787E09">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Si l'</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> concerne une ou plusieurs personnes (bénéficiaires de services) : sélectionnez « </w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Personne</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> » dans la colonne </w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Lié</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> à</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> »</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> implique plus de 4 personnes, joignez des pages supplémentaires au besoin.</w:t>
+        </w:rPr>
+        <w:t>. Plus d'une notification peut être ajoutée pour chaque individu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC37CDB" w14:textId="24B80774" w:rsidR="00CC1418" w:rsidRPr="00911C50" w:rsidRDefault="004B2B6E" w:rsidP="00CC1418">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Si l'</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne concerne pas de personnes et se rapporte à un site ou à un membre du personnel (p. ex., une panne de courant) : sélectionnez « Fournisseur de services » dans la colonne </w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Lié</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> à</w:t>
       </w:r>
       <w:r w:rsidR="00D710DA" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> »</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291B5580" w14:textId="77777777" w:rsidR="00CC1418" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC1418" w:rsidP="00CC1418">
+    <w:p w14:paraId="374C22A1" w14:textId="2B252E2D" w:rsidR="00C060B5" w:rsidRPr="005C2F1A" w:rsidRDefault="00C060B5" w:rsidP="00CC1418">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...65 lines deleted...]
-      </w:sdt>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2245"/>
         <w:gridCol w:w="2925"/>
         <w:gridCol w:w="2385"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w14:paraId="02567928" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -7899,73 +6368,72 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t>Notification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w14:paraId="2DB388B9" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A729805" w14:textId="3364D15E" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00ED574A">
+          <w:p w14:paraId="4A729805" w14:textId="3364D15E" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="406962812"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="EF400BA826EE48AAAC2EBACF71323360"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
@@ -7985,51 +6453,51 @@
                   <w:t>élément</w:t>
                 </w:r>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="006458D4">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="293EE345" w14:textId="5329B284" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00ED574A">
+          <w:p w14:paraId="293EE345" w14:textId="5329B284" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="2122880268"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="4E654D6AFEEA49E79A85A12EA9D9D06C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -8055,51 +6523,51 @@
                   </w:rPr>
                   <w:t>Choisissez un élément</w:t>
                 </w:r>
                 <w:r w:rsidR="009C14AC" w:rsidRPr="005C2F1A">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009C14AC" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA18450" w14:textId="47E473A9" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00ED574A">
+          <w:p w14:paraId="6CA18450" w14:textId="47E473A9" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1241753981"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="77EB0AA28EA04B88A01B41D904D78D7C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -8114,51 +6582,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009C14AC" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B5DDE63" w14:textId="77777777" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="009C14AC" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B29300B" w14:textId="69C55300" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00ED574A">
+          <w:p w14:paraId="2B29300B" w14:textId="69C55300" w:rsidR="009C14AC" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00ED574A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1943645080"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1F05444A82174C89B117381201CB75EC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -8177,120 +6645,119 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="1BDEFAA8" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B90F26E" w14:textId="576B2492" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5B90F26E" w14:textId="576B2492" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="975720858"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="F6295FCBF7324077962FB1C9B594D1AD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62B13BE7" w14:textId="282BF35E" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="62B13BE7" w14:textId="282BF35E" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="532851277"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6EB5875B56D84C56ADB086AD535E5375"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -8302,51 +6769,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52729034" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="52729034" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="849451581"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="EF2CCF30AB2746CE9285F209D746AB21"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -8361,51 +6828,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63BF7B84" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C318AE5" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="3C318AE5" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1690405108"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C43E00097C7249DEAA7F93A7F2216592"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -8424,120 +6891,119 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="15A9C9EA" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5442CB3B" w14:textId="0539C4E0" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5442CB3B" w14:textId="0539C4E0" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1589226481"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E9B02BF0533448FCA070F928F96D6074"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="217B8C39" w14:textId="46734534" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="217B8C39" w14:textId="46734534" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="2098199663"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="748650C84A6242ABABDE39F9D7FEE034"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -8549,51 +7015,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5A32C1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="0E5A32C1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1452052042"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="7932781CF687461ABD95FE78518896C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -8608,51 +7074,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1075AB0E" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79070800" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="79070800" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-2073024391"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AAC2A166B77D4B8BB2E01CE2E4C00D2F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -8671,120 +7137,119 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="4CF6D4B6" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DB3D8B2" w14:textId="00C532B2" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="2DB3D8B2" w14:textId="00C532B2" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-205028855"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="F507040F169F44EFB61263912A717FB3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="678CF177" w14:textId="23042D42" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="678CF177" w14:textId="23042D42" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1879612626"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="B2F533555A58476897638D9BCC9C7B91"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -8796,51 +7261,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="752D15D1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="752D15D1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="335583214"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="35960B75F9C742EE90F5D2952DE874DA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -8855,51 +7320,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ED0A42F" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5041B1C7" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5041B1C7" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-570118336"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="D4AFA9EF0BCE4030B6F77C02CF61D9A3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -8918,121 +7383,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="51B18275" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="344B17F8" w14:textId="591FCA09" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="344B17F8" w14:textId="591FCA09" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="154421136"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="57EFD6EB45F648818522C122EEA4EC8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3FE3545E" w14:textId="7126471C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="3FE3545E" w14:textId="7126471C" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1669749487"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3E64F491560849A18D94B7C53F35486A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -9044,51 +7508,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="603E6AB6" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="603E6AB6" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1923598214"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="58F2F080EFF44DA1A89168DF8CC8D2AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -9103,51 +7567,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EF936F2" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3E466F" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="4E3E466F" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1914614146"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6030E57EE5AA452496D1196CB55DCE88"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -9166,121 +7630,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="31C50E5D" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21E6A7CF" w14:textId="6640253B" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="21E6A7CF" w14:textId="6640253B" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1572919102"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C351472437DC4BDCAC4A874334198B4F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28C079DB" w14:textId="070B9083" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="28C079DB" w14:textId="070B9083" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="146322774"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="89A93CBD83CA4C60AE139E58A2754D7A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -9292,51 +7755,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0270A6A9" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="0270A6A9" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-237715770"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E70DE4C563D14FF9BC4E8542F951D181"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -9351,51 +7814,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EF6F858" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3623854A" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="3623854A" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1164670712"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="35C90DCBCBE84AB3AA31237A2892F8EC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -9414,121 +7877,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="3FD5C202" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FC4D222" w14:textId="53A0A4E3" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="6FC4D222" w14:textId="53A0A4E3" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-981926614"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="5EA111DAF593422FB3CEEB0403CE83D2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CBE6613" w14:textId="654699E0" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="6CBE6613" w14:textId="654699E0" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-775488046"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="FD41D5843E8E400893A502AD7607E9C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -9540,51 +8002,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4580F219" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="4580F219" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-435757672"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E44E9D108BA34AB68BAF8065101941AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -9599,51 +8061,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52F7F50B" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AB9626" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="50AB9626" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1391152179"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="45AE18F19A554E2AB8800C2BB045823D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -9662,121 +8124,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="35259F1F" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0680AC8F" w14:textId="1F70F5F6" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="0680AC8F" w14:textId="1F70F5F6" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="2023821053"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BB9FD73360F240608BF8CECE7F2AE10A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="116897A9" w14:textId="6C091B10" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="116897A9" w14:textId="6C091B10" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="404884842"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2EBBBAB0CF9A4176B98E813B94B389BF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -9788,51 +8249,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC097F1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="4CC097F1" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-436441218"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="5839594217584F869D2DC6D2D58951F2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -9847,51 +8308,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2756C6E0" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB7D38E" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5CB7D38E" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="1684240696"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2CEBE432CF08479AA7C620B454DCA031"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -9910,121 +8371,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="722E0696" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F562BFE" w14:textId="1B32B110" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="7F562BFE" w14:textId="1B32B110" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1036930143"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="735A4495E10A4865AA391A1FD9AB44F9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27E2B745" w14:textId="1EDCADF7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="27E2B745" w14:textId="1EDCADF7" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="26769403"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="75FDC5D12D474E34A7CD2364F7E7B62E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -10036,51 +8496,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1115DF" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="7B1115DF" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-2114038937"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C993A11F38864A47A11B5A4A2741D228"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -10095,51 +8555,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D014A2A" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E2F969" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="25E2F969" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="32156808"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="FDEA17EE5E3E4883A7411FC2DB080874"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -10158,121 +8618,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="1473D1AA" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6ABF9E21" w14:textId="2E9B0094" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="6ABF9E21" w14:textId="2E9B0094" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1803688425"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="300CA0267D1E4058911D61B7DD765F49"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="542238B8" w14:textId="5060EDFD" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="542238B8" w14:textId="5060EDFD" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-1577506864"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2BDCFDDFA1C54ED2ACC7C0D72085D04E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -10284,51 +8743,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD4FB25" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="7FD4FB25" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="1680466735"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="8CEF3BD804464208BA96472FBE96D0F9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -10343,51 +8802,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15F13E45" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04B73818" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="04B73818" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1345859383"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="F944BADAD2EF4BC595D1EDBAD40CC981"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -10406,121 +8865,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="62AE8DDB" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A3F344F" w14:textId="1D049340" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="3A3F344F" w14:textId="1D049340" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="820003534"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1CBC7ADF5F7F41E683A83D2DF10F8CA7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25C69477" w14:textId="2741FECA" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="25C69477" w14:textId="2741FECA" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-654066924"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="10295110888441C3ACC9A0F5577D59C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -10532,51 +8990,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E92A696" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="6E92A696" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-673653269"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AE8BC2213DB04B0AA7FD812B7387613E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -10591,51 +9049,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3118A556" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="728CBE75" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="728CBE75" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1908681585"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="648CE137F2D540B18A64859F830BC173"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -10654,121 +9112,120 @@
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w14:paraId="533C6AC1" w14:textId="77777777" w:rsidTr="00B33D7F">
         <w:trPr>
           <w:trHeight w:val="74"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D84E991" w14:textId="3DF96256" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="5D84E991" w14:textId="3DF96256" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="980820025"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BE891788158C43E799029B542810BC17"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Fournisseur de services" w:value="Fournisseur de services"/>
-                  <w:listItem w:displayText="Membre du personnel/Parent d'accueil" w:value="Membre du personnel/Parent d'accueil"/>
                   <w:listItem w:displayText="Personne #1" w:value="Personne #1"/>
                   <w:listItem w:displayText="Personne #2" w:value="Personne #2"/>
                   <w:listItem w:displayText="Personne #3" w:value="Personne #3"/>
                   <w:listItem w:displayText="Personne #4" w:value="Personne #4"/>
                   <w:listItem w:displayText="Personne #5" w:value="Personne #5"/>
                   <w:listItem w:displayText="Personne #6" w:value="Personne #6"/>
                   <w:listItem w:displayText="Personne #7" w:value="Personne #7"/>
                   <w:listItem w:displayText="Personne #8" w:value="Personne #8"/>
                   <w:listItem w:displayText="Personne #9" w:value="Personne #9"/>
                   <w:listItem w:displayText="Personne #10" w:value="Personne #10"/>
                   <w:listItem w:displayText="Personne #11" w:value="Personne #11"/>
                   <w:listItem w:displayText="Personne #12" w:value="Personne #12"/>
                   <w:listItem w:displayText="Personne #13" w:value="Personne #13"/>
                   <w:listItem w:displayText="Personne #14" w:value="Personne #14"/>
                   <w:listItem w:displayText="Personne #15" w:value="Personne #15"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="007D6DD0">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="142" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="142" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F0145CD" w14:textId="1AFEFDDD" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="4F0145CD" w14:textId="1AFEFDDD" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-778261215"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3E3D4F4EFA844498BC4241DEC407B896"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Parent/Tuteur légal" w:value="Parent/Tuteur légal"/>
                   <w:listItem w:displayText="Parent/Tuteur légal (Tenté)" w:value="Parent/Tuteur légal (Tenté)"/>
                   <w:listItem w:displayText="Agence de placement" w:value="Agence de placement"/>
                   <w:listItem w:displayText="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle" w:value="Personne à contacter en cas d'urgence pour un adulte ayant une déficience intellectuelle"/>
                   <w:listItem w:displayText="Police" w:value="Police"/>
                   <w:listItem w:displayText="Notification en vertu du Devoir de signalement à une SAE/Société locale" w:value="Notification en vertu du Devoir de signalement à une SAE/Société locale"/>
@@ -10780,51 +9237,51 @@
                   <w:listItem w:displayText="Autre" w:value="Autre"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00263456">
                   <w:rPr>
                     <w:color w:val="5F5F5F" w:themeColor="accent5"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:lang w:val="fr-CA"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15F471B6" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="15F471B6" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:id w:val="-454945701"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E5D1FDDAA98B4384B5D63451AB11A550"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-CA"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
@@ -10839,51 +9296,51 @@
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC0028" w:rsidRPr="005C2F1A">
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67D8FF95" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00CC0028" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3BC1B9" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00CC0028">
+          <w:p w14:paraId="4B3BC1B9" w14:textId="77777777" w:rsidR="00CC0028" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00CC0028">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                   <w:lang w:val="fr-CA"/>
                 </w:rPr>
                 <w:alias w:val="(hh:mm xm)"/>
                 <w:tag w:val="(hh:mm xm)"/>
                 <w:id w:val="-1689512126"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="79AA856E84934BDA9EF7E97D325AF291"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC0028" w:rsidRPr="00A5053E">
@@ -10918,1941 +9375,1750 @@
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 5 : Description</w:t>
       </w:r>
       <w:r w:rsidR="000677FE">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> et prochaines étapes</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, mises à jour</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E063718" w14:textId="4A26111C" w:rsidR="003274A9" w:rsidRPr="00911C50" w:rsidRDefault="000677FE" w:rsidP="00217305">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Veuillez vous</w:t>
       </w:r>
       <w:r w:rsidR="002405B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> reporter à la section « </w:t>
       </w:r>
       <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Exigences de signalement propres aux catégories </w:t>
       </w:r>
       <w:r w:rsidR="002405B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">» des </w:t>
       </w:r>
       <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00911C50">
         <w:rPr>
           <w:i/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">ignes directrices </w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>afin de déterminer les renseignements précis requis dans la description de chaque type d'</w:t>
       </w:r>
       <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B959E1" w14:textId="591C2E58" w:rsidR="00904FF2" w:rsidRPr="00911C50" w:rsidRDefault="002405B5" w:rsidP="00217305">
+    <w:p w14:paraId="21B959E1" w14:textId="67B3FB81" w:rsidR="00904FF2" w:rsidRPr="00911C50" w:rsidRDefault="002405B5" w:rsidP="00217305">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>N'incluez pas le nom complet ou les initiales des personnes impliquées dans l'</w:t>
+        </w:rPr>
+        <w:t>N'incluez pas le nom ou les initiales des personnes impliquées dans l'</w:t>
       </w:r>
       <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>incident</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, ni des membres du personnel, des tuteurs ou d'autres personnes qui pourraient être identifiables par l'inclusion de leurs renseignements personnels dans la description. Utilisez des descripteurs non identificatoires, tels que </w:t>
       </w:r>
       <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>personne 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>parent</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« membre du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personnel </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>2 »,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D93B57" w14:textId="14F9FF3C" w:rsidR="003274A9" w:rsidRPr="00911C50" w:rsidRDefault="00904FF2" w:rsidP="00217305">
+      <w:pPr>
+        <w:pStyle w:val="BulletList1"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N'incluez pas de renseignements médicaux ou de santé (diagnostics, noms ou posologies de médicaments, antécédents médicaux détaillés ou résultats de tests), de récits familiaux, d'origine raciale ou ethnique, d'orientation sexuelle ou d'autres </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>« </w:t>
+        <w:t xml:space="preserve">types de renseignements personnels dans la description. Dans la mesure du possible, utilisez </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5E60" w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des termes alternatifs </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t xml:space="preserve">pour éviter une atteinte injustifiée à la vie privée. </w:t>
+      </w:r>
+      <w:r w:rsidR="00093511" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t> »</w:t>
+        </w:rPr>
+        <w:t>Veuillez e</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t>xclure tout renseignement qui n'est pas directement lié à l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00093511" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>« </w:t>
+        </w:rPr>
+        <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t xml:space="preserve"> et à son examen ou suivi ou qui n'est pas nécessaire aux fins d</w:t>
+      </w:r>
+      <w:r w:rsidR="00093511" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t> »</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">u signalement </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FE2778" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t>d'</w:t>
+      </w:r>
+      <w:r w:rsidR="00093511" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">« membre du </w:t>
+        </w:rPr>
+        <w:t>incidents</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...128 lines deleted...]
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> graves. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65CD67F8" w14:textId="3109E79C" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Renseignements minimaux requis:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="141A7CB9" w14:textId="7F905745" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Que s'est-il passé et où dans l'ordre chronologique</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572F80B3" w14:textId="64071A7F" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Facteurs précipitants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54693568" w14:textId="5F70E9CD" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+    <w:p w14:paraId="47D8E3E3" w14:textId="77777777" w:rsidR="00646CD9" w:rsidRDefault="00646CD9" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00646CD9">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Quels efforts ont été déployés pour désamorcer la situation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB7B4E1" w14:textId="77777777" w:rsidR="00CD078E" w:rsidRPr="00911C50" w:rsidRDefault="00CD078E" w:rsidP="00CD078E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>Si l'affaire comportait une infraction criminelle présumée</w:t>
+        </w:rPr>
+        <w:t>Action/réponse du fournisseur de services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6332C393" w14:textId="72D4BDCF" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+    <w:p w14:paraId="54693568" w14:textId="6E7013BC" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Si l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD078E">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>incident</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comportait une infraction criminelle présumée</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CE5E5A" w14:textId="77777777" w:rsidR="00C27A77" w:rsidRDefault="00C27A77" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27A77">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Si les services médicaux d'urgence ou la police ont été appelés/impliqués</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1861D7" w14:textId="77777777" w:rsidR="00C27A77" w:rsidRDefault="00C27A77" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">État actuel de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>l’incident</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6332C393" w14:textId="0AEDBA7F" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
         </w:rPr>
         <w:t>État actuel de la ou des personnes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D85D4B7" w14:textId="73AB01BA" w:rsidR="00340B4B" w:rsidRPr="00911C50" w:rsidRDefault="00085B7A" w:rsidP="00AB1484">
+    <w:p w14:paraId="0930C96B" w14:textId="77777777" w:rsidR="00C27A77" w:rsidRDefault="00C27A77" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27A77">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Services et soutiens fournis aux personnes concernées</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B577A97" w14:textId="40B8B627" w:rsidR="00503C32" w:rsidRPr="00911C50" w:rsidRDefault="00CA15CD" w:rsidP="00AB1484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+        <w:rPr>
+          <w:color w:val="336600"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A92E0B" w:rsidRPr="00911C50">
+        </w:rPr>
+        <w:t>Compte</w:t>
+      </w:r>
+      <w:r w:rsidR="00503C32" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...29 lines deleted...]
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> rendu avec les personnes ou le personnel, s'il y a lieu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60391F7E" w14:textId="381CE2CB" w:rsidR="006A4DA7" w:rsidRPr="00911C50" w:rsidRDefault="00340B4B" w:rsidP="00AB1484">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Toute </w:t>
       </w:r>
       <w:r w:rsidR="00CA15CD" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ttention des médias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E83A91E" w14:textId="77777777" w:rsidR="00272DE0" w:rsidRPr="005C2F1A" w:rsidRDefault="00272DE0" w:rsidP="00272DE0">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16E02B46" w14:textId="47197375" w:rsidR="0057597A" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Description ou mise à jour :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:id w:val="527697182"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="5453DFD6CFDA4D5B94289B59D61E7ABD"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="43A05FF5" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="005C2F1A" w:rsidRDefault="00736381" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="59C10D78" w14:textId="65F9D841" w:rsidR="003274A9" w:rsidRPr="005C2F1A" w:rsidRDefault="003274A9" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="241E58A8" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="005C2F1A" w:rsidRDefault="000A721B" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="25E890C4" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="00172CD4">
+        <w:p w14:paraId="25E890C4" w14:textId="77777777" w:rsidR="000A721B" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="58BCB0BE" w14:textId="2D6A5F74" w:rsidR="005E19E8" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
+    <w:p w14:paraId="58BCB0BE" w14:textId="6E4ABAF5" w:rsidR="005E19E8" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>Autres mesures proposées par le fournisseur de services</w:t>
+        </w:rPr>
+        <w:t>Autres mesures</w:t>
+      </w:r>
+      <w:r w:rsidR="005A70A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/suivi/prochaines étapes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2F1A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposées par le fournisseur de services</w:t>
       </w:r>
       <w:r w:rsidR="002405B5" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002405B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00911C50" w:rsidRPr="00911C50">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002405B5" w:rsidRPr="00911C50">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ndiquez les</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> mesures que vous prévoyez prendre pour </w:t>
       </w:r>
       <w:r w:rsidR="00CA15CD" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>répondre à l’incident</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> grave et tout suivi)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> grave </w:t>
+      </w:r>
+      <w:r w:rsidR="005A70A7">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou pour </w:t>
+      </w:r>
+      <w:r w:rsidR="00371897">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>réduire/prévenir les incidents dans le futur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911C50">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00911C50" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00911C50">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:id w:val="1356472894"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="3605191A2E084B05821B67DCAFEB99CB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0011C88C" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="005C2F1A" w:rsidRDefault="00736381" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="454741E1" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="0017183D">
+        <w:p w14:paraId="454741E1" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="59C2D922" w14:textId="688AEC0C" w:rsidR="00E01825" w:rsidRDefault="00CA15CD" w:rsidP="00FE63F6">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>L’incident</w:t>
       </w:r>
       <w:r w:rsidR="00FE63F6" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> a-t-il attiré l'attention des médias? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1176613968"/>
           <w:placeholder>
             <w:docPart w:val="F79A14AC7FDD427EBA043D82B29439D2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Oui" w:value="Oui"/>
             <w:listItem w:displayText="Non" w:value="Non"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="423CC0E7" w14:textId="7804EEC5" w:rsidR="00E01825" w:rsidRDefault="00FE63F6" w:rsidP="00FE63F6">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">S'attend-on à ce </w:t>
       </w:r>
       <w:r w:rsidR="00D73D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>qu’il y a</w:t>
       </w:r>
       <w:r w:rsidR="00DA146F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ille</w:t>
       </w:r>
       <w:r w:rsidR="00D73D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> une attention médiatique dans le futur</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1602372948"/>
           <w:placeholder>
             <w:docPart w:val="06D48E91EDDC47B7AB7C2035057463C0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Oui" w:value="Oui"/>
             <w:listItem w:displayText="Non" w:value="Non"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3220452B" w14:textId="14F503E8" w:rsidR="005E19E8" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="00CD095F">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Directives, le cas échéant, fournies par le ministère</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00911C50" w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00911C50">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>nclure toute directive fournie par le ministère, y compris le nom du personnel du ministère et la méthode de contact)</w:t>
       </w:r>
       <w:r w:rsidR="00911C50">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:id w:val="2120561961"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="A6CD31AB2AC8475399693627F4C379AE"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="56317838" w14:textId="77777777" w:rsidR="00736381" w:rsidRPr="005C2F1A" w:rsidRDefault="00736381" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="676A7554" w14:textId="155D6B0E" w:rsidR="003274A9" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="0017183D">
+        <w:p w14:paraId="676A7554" w14:textId="155D6B0E" w:rsidR="003274A9" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="066CA829" w14:textId="32C02614" w:rsidR="00E01825" w:rsidRDefault="00BF0592" w:rsidP="0086214E">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Est-ce que ce</w:t>
       </w:r>
       <w:r w:rsidR="00467104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ci sera</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> le seul ou le dernier rapport</w:t>
       </w:r>
       <w:r w:rsidR="00467104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001B2C81">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>y compris</w:t>
       </w:r>
       <w:r w:rsidR="00467104">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> les mises à jour)</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="586658520"/>
           <w:placeholder>
             <w:docPart w:val="18F5A6B09CEF4BF09865244A77C7C0DC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Oui" w:value="Oui"/>
             <w:listItem w:displayText="Non" w:value="Non"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="19F521AF" w14:textId="036CE6CA" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00467104" w:rsidP="0086214E">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Si non</w:t>
       </w:r>
       <w:r w:rsidR="00BF0592" w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, veuillez expliquer pourquoi :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:id w:val="390087193"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="8C857D4D36A94F6D8BD872C93C57BFD6"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="026852D7" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00BF0592" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="773EA6EE" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="0017183D">
+        <w:p w14:paraId="773EA6EE" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="71F4323B" w14:textId="7348D75E" w:rsidR="00881583" w:rsidRPr="005C2F1A" w:rsidRDefault="00B7642E" w:rsidP="00427138">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 6 : Points de vue des p</w:t>
       </w:r>
       <w:r w:rsidR="00467104">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ersonnes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56195EDD" w14:textId="21DC0FEF" w:rsidR="00816F9D" w:rsidRPr="00224FA3" w:rsidRDefault="006B7B02" w:rsidP="00A76B2C">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Inclure les points de vue de chaque personne, s'il y a lieu. Dans la mesure du possible, les opinions de l'individu devraient être dans ses propres mots. Les fournisseurs de services doivent s'assurer que la personne a donné son consentement à ce que son point de vue ou son opinion soit inclus dans</w:t>
       </w:r>
       <w:r w:rsidR="00467104" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> le RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">. N'incluez aucun renseignement personnel. </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:id w:val="2012488376"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="EE44499D099D4D36B4B597FDBF997099"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="20194756" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00BF0592" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="04D2616C" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00D526A3" w:rsidP="0017183D">
+        <w:p w14:paraId="04D2616C" w14:textId="77777777" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00B357EB" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="35904014" w14:textId="6C9672DF" w:rsidR="008766D8" w:rsidRPr="005C2F1A" w:rsidRDefault="008766D8" w:rsidP="004E49E7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 7 : Pièces justificatives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D359B4" w14:textId="4ED583AE" w:rsidR="00CA5A4E" w:rsidRPr="00224FA3" w:rsidRDefault="001D053B" w:rsidP="00A76B2C">
+    <w:p w14:paraId="29D359B4" w14:textId="610BF20E" w:rsidR="00CA5A4E" w:rsidRPr="00224FA3" w:rsidRDefault="001D053B" w:rsidP="00A76B2C">
       <w:pPr>
         <w:pStyle w:val="BulletList1"/>
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Tous les documents à l'appui que le fournisseur de services ou le ministère juge nécessaires pour appuyer l'examen </w:t>
       </w:r>
       <w:r w:rsidR="00467104" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>du RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> doivent être joints au </w:t>
       </w:r>
       <w:r w:rsidR="00467104" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> manuel. Joignez seulement les dossiers qui sont directement pertinents à l'</w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> et assurez-vous qu'aucun renseignement personnel n'est visible dans le nom du dossier </w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ou dans le</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> document. Exclure tout renseignement ou pièce jointe qui n'est pas directement lié à l'</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> document. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95AEB">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les documents à l’appui ne doivent pas remplacer ou doubler les renseignements dans le RIG. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224FA3">
+        <w:rPr>
+          <w:color w:val="336600"/>
+        </w:rPr>
+        <w:t>Exclure tout renseignement ou pièce jointe qui n'est pas directement lié à l'</w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>IG</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> et à son examen ou suivi, ou qui n'est pas nécessaire aux fins </w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>du signalement</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> d'</w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7" w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>incidents</w:t>
       </w:r>
       <w:r w:rsidRPr="00224FA3">
         <w:rPr>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> graves.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4A3984" w14:textId="6C222505" w:rsidR="00E01825" w:rsidRDefault="00BF0592" w:rsidP="00427138">
+    <w:p w14:paraId="7A4A3984" w14:textId="19A5E5E6" w:rsidR="00E01825" w:rsidRDefault="00BF0592" w:rsidP="00427138">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t xml:space="preserve">Y a-t-il des documents à l'appui joints à ce </w:t>
       </w:r>
       <w:r w:rsidR="005C4AC7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>RIG</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00224FA3">
+        </w:rPr>
+        <w:t xml:space="preserve"> manuel</w:t>
+      </w:r>
+      <w:r w:rsidR="00173105">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="336600"/>
-          <w:lang w:val="fr-CA"/>
-[...1 lines deleted...]
-        <w:t>(à l'exception des pages supplémentaires)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t> ?</w:t>
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00E01825">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1409815767"/>
           <w:placeholder>
             <w:docPart w:val="D8CAD584E82446248F0A3A74ECD2BEFD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Oui" w:value="Oui"/>
             <w:listItem w:displayText="Non" w:value="Non"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r w:rsidR="00E01825">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidR="00E01825" w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="79D12A0E" w14:textId="625B545F" w:rsidR="00BF0592" w:rsidRPr="005C2F1A" w:rsidRDefault="00BF0592" w:rsidP="00427138">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de pièces justificatives jointes :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1395738333"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="DF431D98D6DA4699AE8B8B0983B41FB2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un nombre."/>
             <w:listItem w:displayText="Aucune" w:value="Aucune"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
             <w:listItem w:displayText="4" w:value="4"/>
             <w:listItem w:displayText="5" w:value="5"/>
             <w:listItem w:displayText="6" w:value="6"/>
             <w:listItem w:displayText="7" w:value="7"/>
             <w:listItem w:displayText="8" w:value="8"/>
             <w:listItem w:displayText="9" w:value="9"/>
             <w:listItem w:displayText="10" w:value="10"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un nombre.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5C41C4E5" w14:textId="409656BB" w:rsidR="008766D8" w:rsidRPr="005C2F1A" w:rsidRDefault="008766D8" w:rsidP="00CB6F4C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Section 8 : Approbation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C9B25E7" w14:textId="45AF4EF7" w:rsidR="005E19E8" w:rsidRPr="005C2F1A" w:rsidRDefault="005E19E8" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Rapporté par :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D68A365" w14:textId="540CEFDB" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nom :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-845100553"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="4CECDF24ECB04D49A4CC6C7BE07DA2E2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6CE14B3F" w14:textId="66A220AF" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Poste :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-765073640"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="243908D623E943C2BED129AF1AB7BE92"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="24B18D4B" w14:textId="3156EE52" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Numéro de téléphone :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1208797214"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="72F9329382134BE38A4CE0525400AFBB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4A34CE05" w14:textId="0106A2E3" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Adresse courriel :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="-1892722637"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="2C264828DA1B4B8EAAAB012070891D1D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="024F9722" w14:textId="77777777" w:rsidR="002C3B28" w:rsidRPr="005C2F1A" w:rsidRDefault="002C3B28" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4807BB81" w14:textId="0E7D91D0" w:rsidR="00340B4B" w:rsidRPr="005C2F1A" w:rsidRDefault="00340B4B" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Approuvé par (s'il y a lieu) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C38ED72" w14:textId="1728F656" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nom :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="250559030"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="0704D184F76746959FE2B130A957E573"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5EFA3236" w14:textId="26C227D6" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Poste :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1758171488"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="3FF95701B0134A6F9129251B2E3B432B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3F652EF0" w14:textId="60FA56C2" w:rsidR="0086214E" w:rsidRPr="005C2F1A" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Numéro de téléphone :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="1952820813"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="E3752831C94845A5984B1E7D74F9D634"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2083E972" w14:textId="6F851698" w:rsidR="005E19E8" w:rsidRPr="0086214E" w:rsidRDefault="0086214E" w:rsidP="002C3B28">
       <w:pPr>
         <w:pStyle w:val="Normalanswer"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2F1A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Adresse courriel :  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="313539042"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="B037F29E6BD346E5A3536C9353200DA5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="5F5F5F" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-              <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="426F70E7" w14:textId="1711E447" w:rsidR="00EE2A82" w:rsidRPr="008C26BB" w:rsidRDefault="00EE2A82" w:rsidP="00192A9A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
           <w:color w:val="474747" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE2A82" w:rsidRPr="008C26BB" w:rsidSect="002F49C2">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -12892,51 +11158,50 @@
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -13040,109 +11305,50 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="359ADB85" w14:textId="77777777" w:rsidR="00FB3F22" w:rsidRDefault="00FB3F22" w:rsidP="00F72078">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="239FC351" w14:textId="77777777" w:rsidR="00FB3F22" w:rsidRDefault="00FB3F22" w:rsidP="00F72078">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0DE14BC1" w14:textId="77777777" w:rsidR="00FB3F22" w:rsidRDefault="00FB3F22">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-    </w:p>
-[...57 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1849057963"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="38DEADB2" w14:textId="63B3D4C7" w:rsidR="007C1FC4" w:rsidRDefault="00C23086" w:rsidP="00843ED1">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:tabs>
@@ -13752,51 +11958,51 @@
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -14019,99 +12225,99 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DDF4E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26BA0082"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -14936,51 +13142,51 @@
   <w:num w:numId="19" w16cid:durableId="94525517">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="948271843">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="298458955">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="V7F1WK8ftk2Sj7vIEcCfz71CTjSgJxIvn5truvpujXfu8RfIn55C5dEmwgUivRsZNPIxCbQd3SxsS3fXzvNaYA==" w:salt="tiOdyobAoHKDIgovTDlydA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Ss2CKjJuA8wH4Oebs0L7JFuVl9JW56oHVGxfnJyofS5gVS+wS9ywgs+VMKAeWDmSsWC/z6tf3ES7Ca9P9xqsdA==" w:salt="o4PBzC91CCT38e5VTzyMCg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -14992,50 +13198,51 @@
     <w:rsid w:val="000076F1"/>
     <w:rsid w:val="00010BBE"/>
     <w:rsid w:val="000114FE"/>
     <w:rsid w:val="00012227"/>
     <w:rsid w:val="0001317D"/>
     <w:rsid w:val="000134EC"/>
     <w:rsid w:val="00014D5E"/>
     <w:rsid w:val="00016208"/>
     <w:rsid w:val="00016334"/>
     <w:rsid w:val="00016455"/>
     <w:rsid w:val="00016603"/>
     <w:rsid w:val="000222CD"/>
     <w:rsid w:val="00022BDE"/>
     <w:rsid w:val="000242EA"/>
     <w:rsid w:val="00024A60"/>
     <w:rsid w:val="000260D2"/>
     <w:rsid w:val="00030679"/>
     <w:rsid w:val="00030DC9"/>
     <w:rsid w:val="00032215"/>
     <w:rsid w:val="000322AD"/>
     <w:rsid w:val="00032594"/>
     <w:rsid w:val="00034562"/>
     <w:rsid w:val="00037CAD"/>
     <w:rsid w:val="00041700"/>
     <w:rsid w:val="000450D3"/>
+    <w:rsid w:val="000456B3"/>
     <w:rsid w:val="000471DF"/>
     <w:rsid w:val="0005215D"/>
     <w:rsid w:val="0005430A"/>
     <w:rsid w:val="00057266"/>
     <w:rsid w:val="000628C6"/>
     <w:rsid w:val="00063206"/>
     <w:rsid w:val="000633CF"/>
     <w:rsid w:val="00063E95"/>
     <w:rsid w:val="00065221"/>
     <w:rsid w:val="00066C7D"/>
     <w:rsid w:val="00067168"/>
     <w:rsid w:val="000676E1"/>
     <w:rsid w:val="000677FE"/>
     <w:rsid w:val="00067C0E"/>
     <w:rsid w:val="00070AF8"/>
     <w:rsid w:val="00070DB1"/>
     <w:rsid w:val="000719A1"/>
     <w:rsid w:val="00074D53"/>
     <w:rsid w:val="00077BD5"/>
     <w:rsid w:val="00080EAE"/>
     <w:rsid w:val="00082963"/>
     <w:rsid w:val="0008480B"/>
     <w:rsid w:val="00084BC9"/>
     <w:rsid w:val="00084C06"/>
     <w:rsid w:val="00085B7A"/>
@@ -15088,258 +13295,266 @@
     <w:rsid w:val="000F2EE7"/>
     <w:rsid w:val="000F377B"/>
     <w:rsid w:val="000F53BD"/>
     <w:rsid w:val="000F6909"/>
     <w:rsid w:val="000F6B9E"/>
     <w:rsid w:val="00101D98"/>
     <w:rsid w:val="00101E46"/>
     <w:rsid w:val="001030A4"/>
     <w:rsid w:val="00105436"/>
     <w:rsid w:val="0010776E"/>
     <w:rsid w:val="00107E73"/>
     <w:rsid w:val="001104F4"/>
     <w:rsid w:val="001105FF"/>
     <w:rsid w:val="001111BC"/>
     <w:rsid w:val="001127B3"/>
     <w:rsid w:val="00115BE7"/>
     <w:rsid w:val="00117728"/>
     <w:rsid w:val="00120607"/>
     <w:rsid w:val="00121B73"/>
     <w:rsid w:val="001223C5"/>
     <w:rsid w:val="001232E6"/>
     <w:rsid w:val="00124011"/>
     <w:rsid w:val="00124CB5"/>
     <w:rsid w:val="00125157"/>
     <w:rsid w:val="0012638F"/>
+    <w:rsid w:val="00127A82"/>
     <w:rsid w:val="00127DFF"/>
     <w:rsid w:val="001301CE"/>
     <w:rsid w:val="0013176F"/>
     <w:rsid w:val="0013205D"/>
     <w:rsid w:val="0013249C"/>
     <w:rsid w:val="00133055"/>
     <w:rsid w:val="0013612C"/>
     <w:rsid w:val="001373EE"/>
     <w:rsid w:val="0014006E"/>
     <w:rsid w:val="00140D0E"/>
     <w:rsid w:val="00141D04"/>
     <w:rsid w:val="00142CAF"/>
     <w:rsid w:val="001439F6"/>
     <w:rsid w:val="00144756"/>
     <w:rsid w:val="001457F5"/>
     <w:rsid w:val="001464F6"/>
     <w:rsid w:val="00146833"/>
     <w:rsid w:val="00146C38"/>
     <w:rsid w:val="00147CB8"/>
     <w:rsid w:val="001504D3"/>
     <w:rsid w:val="001509B8"/>
     <w:rsid w:val="001511C6"/>
     <w:rsid w:val="0015252B"/>
     <w:rsid w:val="00155DDF"/>
     <w:rsid w:val="001568B9"/>
     <w:rsid w:val="00157E73"/>
     <w:rsid w:val="00161007"/>
     <w:rsid w:val="00162902"/>
     <w:rsid w:val="001650F6"/>
     <w:rsid w:val="00166089"/>
     <w:rsid w:val="00166515"/>
     <w:rsid w:val="001670E5"/>
     <w:rsid w:val="0017031B"/>
     <w:rsid w:val="001709CF"/>
     <w:rsid w:val="00171012"/>
     <w:rsid w:val="0017183D"/>
     <w:rsid w:val="001723C0"/>
     <w:rsid w:val="00172CD4"/>
     <w:rsid w:val="00172D76"/>
+    <w:rsid w:val="00173105"/>
     <w:rsid w:val="00174221"/>
     <w:rsid w:val="00174BEC"/>
     <w:rsid w:val="0017770A"/>
     <w:rsid w:val="00181120"/>
     <w:rsid w:val="00181957"/>
     <w:rsid w:val="00182790"/>
     <w:rsid w:val="0018337B"/>
     <w:rsid w:val="00184DC5"/>
     <w:rsid w:val="001865CD"/>
     <w:rsid w:val="00191019"/>
     <w:rsid w:val="00192A9A"/>
     <w:rsid w:val="00194BE3"/>
     <w:rsid w:val="00194F34"/>
     <w:rsid w:val="001952AD"/>
     <w:rsid w:val="001969C5"/>
     <w:rsid w:val="00196B12"/>
     <w:rsid w:val="001A062F"/>
     <w:rsid w:val="001A0E63"/>
     <w:rsid w:val="001A196A"/>
     <w:rsid w:val="001A276E"/>
     <w:rsid w:val="001A4C60"/>
     <w:rsid w:val="001A662A"/>
     <w:rsid w:val="001A67CA"/>
     <w:rsid w:val="001B0456"/>
     <w:rsid w:val="001B0DA5"/>
     <w:rsid w:val="001B153E"/>
+    <w:rsid w:val="001B1DA3"/>
     <w:rsid w:val="001B2C81"/>
     <w:rsid w:val="001B50D4"/>
     <w:rsid w:val="001B5411"/>
     <w:rsid w:val="001B58F3"/>
     <w:rsid w:val="001B63FB"/>
     <w:rsid w:val="001B7FD1"/>
     <w:rsid w:val="001C15AA"/>
     <w:rsid w:val="001C2BE8"/>
     <w:rsid w:val="001C37B4"/>
     <w:rsid w:val="001C4283"/>
     <w:rsid w:val="001C53B7"/>
     <w:rsid w:val="001C5C10"/>
     <w:rsid w:val="001C6E7B"/>
     <w:rsid w:val="001C7634"/>
     <w:rsid w:val="001D053B"/>
     <w:rsid w:val="001D0840"/>
     <w:rsid w:val="001D1901"/>
     <w:rsid w:val="001D2231"/>
     <w:rsid w:val="001D3883"/>
     <w:rsid w:val="001D404E"/>
     <w:rsid w:val="001D57BB"/>
     <w:rsid w:val="001E0FFC"/>
     <w:rsid w:val="001E34AD"/>
     <w:rsid w:val="001E52D9"/>
     <w:rsid w:val="001E60C3"/>
     <w:rsid w:val="001E6C2A"/>
     <w:rsid w:val="001E752C"/>
     <w:rsid w:val="001F068B"/>
     <w:rsid w:val="001F129E"/>
     <w:rsid w:val="001F1394"/>
     <w:rsid w:val="001F1A67"/>
     <w:rsid w:val="001F2E7D"/>
     <w:rsid w:val="001F3734"/>
     <w:rsid w:val="001F5958"/>
     <w:rsid w:val="001F6438"/>
     <w:rsid w:val="001F6E36"/>
     <w:rsid w:val="001F7842"/>
     <w:rsid w:val="001F7E63"/>
     <w:rsid w:val="00200152"/>
     <w:rsid w:val="00200336"/>
+    <w:rsid w:val="002042E9"/>
     <w:rsid w:val="00205997"/>
     <w:rsid w:val="0020759E"/>
     <w:rsid w:val="00207BD9"/>
     <w:rsid w:val="002100C3"/>
     <w:rsid w:val="002101E9"/>
     <w:rsid w:val="002111D5"/>
     <w:rsid w:val="002128FF"/>
     <w:rsid w:val="002134FE"/>
     <w:rsid w:val="002143A2"/>
     <w:rsid w:val="00217305"/>
     <w:rsid w:val="002174DB"/>
     <w:rsid w:val="00217633"/>
     <w:rsid w:val="00220580"/>
     <w:rsid w:val="00224B41"/>
     <w:rsid w:val="00224FA3"/>
     <w:rsid w:val="00225071"/>
     <w:rsid w:val="002254D8"/>
+    <w:rsid w:val="002256E9"/>
     <w:rsid w:val="00225BE4"/>
     <w:rsid w:val="00225EB9"/>
     <w:rsid w:val="002272B5"/>
     <w:rsid w:val="00231538"/>
     <w:rsid w:val="002317A3"/>
     <w:rsid w:val="00232ABC"/>
     <w:rsid w:val="00235C3B"/>
     <w:rsid w:val="002362F7"/>
     <w:rsid w:val="00236723"/>
     <w:rsid w:val="002372A4"/>
     <w:rsid w:val="002405B5"/>
     <w:rsid w:val="002410BA"/>
     <w:rsid w:val="00242FE9"/>
     <w:rsid w:val="002432E5"/>
     <w:rsid w:val="00244D4A"/>
     <w:rsid w:val="0024520D"/>
     <w:rsid w:val="00245853"/>
     <w:rsid w:val="002466B4"/>
     <w:rsid w:val="00247139"/>
     <w:rsid w:val="0025162C"/>
     <w:rsid w:val="00251A1C"/>
     <w:rsid w:val="00252131"/>
     <w:rsid w:val="002546A9"/>
     <w:rsid w:val="00254724"/>
     <w:rsid w:val="002552D2"/>
     <w:rsid w:val="002554C9"/>
+    <w:rsid w:val="00255748"/>
     <w:rsid w:val="00257FFE"/>
     <w:rsid w:val="00260DC9"/>
     <w:rsid w:val="00263A6D"/>
     <w:rsid w:val="00264340"/>
     <w:rsid w:val="00264345"/>
     <w:rsid w:val="0026452A"/>
     <w:rsid w:val="00265DEF"/>
     <w:rsid w:val="00265F14"/>
     <w:rsid w:val="0026663B"/>
     <w:rsid w:val="00266CA7"/>
     <w:rsid w:val="002701F5"/>
     <w:rsid w:val="002711D1"/>
     <w:rsid w:val="00271AE6"/>
     <w:rsid w:val="00272192"/>
     <w:rsid w:val="00272DE0"/>
     <w:rsid w:val="00273958"/>
     <w:rsid w:val="00273CD6"/>
     <w:rsid w:val="00273FCF"/>
     <w:rsid w:val="002748DC"/>
     <w:rsid w:val="00276051"/>
     <w:rsid w:val="00277024"/>
     <w:rsid w:val="00277BC3"/>
     <w:rsid w:val="00280670"/>
     <w:rsid w:val="0028328E"/>
     <w:rsid w:val="002868A5"/>
     <w:rsid w:val="002878A2"/>
     <w:rsid w:val="00291476"/>
     <w:rsid w:val="0029229E"/>
     <w:rsid w:val="00292940"/>
     <w:rsid w:val="00292F22"/>
     <w:rsid w:val="002941EF"/>
     <w:rsid w:val="00294ED4"/>
     <w:rsid w:val="002A062B"/>
     <w:rsid w:val="002A6035"/>
     <w:rsid w:val="002A74B0"/>
     <w:rsid w:val="002B2693"/>
+    <w:rsid w:val="002B368C"/>
     <w:rsid w:val="002B5688"/>
     <w:rsid w:val="002B5E9F"/>
     <w:rsid w:val="002B5F7B"/>
     <w:rsid w:val="002B6630"/>
     <w:rsid w:val="002B729E"/>
     <w:rsid w:val="002B7732"/>
     <w:rsid w:val="002B7A15"/>
     <w:rsid w:val="002C06BA"/>
     <w:rsid w:val="002C3170"/>
     <w:rsid w:val="002C3224"/>
     <w:rsid w:val="002C3B28"/>
     <w:rsid w:val="002C3FDC"/>
     <w:rsid w:val="002C4575"/>
     <w:rsid w:val="002C4F58"/>
     <w:rsid w:val="002C502A"/>
     <w:rsid w:val="002C5097"/>
     <w:rsid w:val="002C6BFE"/>
     <w:rsid w:val="002C729E"/>
     <w:rsid w:val="002D04D1"/>
     <w:rsid w:val="002D07AE"/>
     <w:rsid w:val="002D5C00"/>
     <w:rsid w:val="002D5FE0"/>
     <w:rsid w:val="002D71AD"/>
     <w:rsid w:val="002E15C5"/>
+    <w:rsid w:val="002E246F"/>
     <w:rsid w:val="002E255E"/>
     <w:rsid w:val="002E3574"/>
     <w:rsid w:val="002E41A3"/>
     <w:rsid w:val="002E4710"/>
     <w:rsid w:val="002E4B5C"/>
     <w:rsid w:val="002E4DF3"/>
     <w:rsid w:val="002E55A3"/>
     <w:rsid w:val="002E6FF6"/>
     <w:rsid w:val="002E7605"/>
     <w:rsid w:val="002F06BD"/>
     <w:rsid w:val="002F06CC"/>
     <w:rsid w:val="002F244D"/>
     <w:rsid w:val="002F32E6"/>
     <w:rsid w:val="002F40CB"/>
     <w:rsid w:val="002F451A"/>
     <w:rsid w:val="002F496E"/>
     <w:rsid w:val="002F49C2"/>
     <w:rsid w:val="002F50F5"/>
     <w:rsid w:val="002F5A48"/>
     <w:rsid w:val="002F6F9B"/>
     <w:rsid w:val="002F703A"/>
     <w:rsid w:val="002F70CE"/>
     <w:rsid w:val="003000B1"/>
     <w:rsid w:val="00300F55"/>
     <w:rsid w:val="003031D1"/>
@@ -15374,93 +13589,98 @@
     <w:rsid w:val="00346931"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="0035001F"/>
     <w:rsid w:val="00350397"/>
     <w:rsid w:val="003509E7"/>
     <w:rsid w:val="00350C07"/>
     <w:rsid w:val="00350DA6"/>
     <w:rsid w:val="00351FB1"/>
     <w:rsid w:val="00353458"/>
     <w:rsid w:val="00354010"/>
     <w:rsid w:val="00355D00"/>
     <w:rsid w:val="00356020"/>
     <w:rsid w:val="00357936"/>
     <w:rsid w:val="003610A7"/>
     <w:rsid w:val="00361C44"/>
     <w:rsid w:val="00362772"/>
     <w:rsid w:val="00363182"/>
     <w:rsid w:val="0036413B"/>
     <w:rsid w:val="00365364"/>
     <w:rsid w:val="0036615C"/>
     <w:rsid w:val="0036690D"/>
     <w:rsid w:val="00367335"/>
     <w:rsid w:val="0036781E"/>
     <w:rsid w:val="00367E61"/>
     <w:rsid w:val="003709BA"/>
+    <w:rsid w:val="00371897"/>
     <w:rsid w:val="00372EA8"/>
     <w:rsid w:val="00373071"/>
     <w:rsid w:val="003738A0"/>
+    <w:rsid w:val="00373CDB"/>
     <w:rsid w:val="00375605"/>
     <w:rsid w:val="003756CE"/>
     <w:rsid w:val="003764F9"/>
     <w:rsid w:val="00383B8A"/>
     <w:rsid w:val="00385A2C"/>
     <w:rsid w:val="003908A0"/>
     <w:rsid w:val="003942B1"/>
     <w:rsid w:val="00395AAC"/>
     <w:rsid w:val="003A0DA0"/>
     <w:rsid w:val="003A3A23"/>
     <w:rsid w:val="003A407A"/>
     <w:rsid w:val="003A5564"/>
     <w:rsid w:val="003A5C48"/>
     <w:rsid w:val="003A6011"/>
     <w:rsid w:val="003A7266"/>
     <w:rsid w:val="003A7D36"/>
     <w:rsid w:val="003B009A"/>
     <w:rsid w:val="003B1D88"/>
     <w:rsid w:val="003B1DC7"/>
     <w:rsid w:val="003B38F8"/>
     <w:rsid w:val="003B3EEB"/>
     <w:rsid w:val="003C17E4"/>
     <w:rsid w:val="003C3D0C"/>
     <w:rsid w:val="003C4286"/>
     <w:rsid w:val="003C4CCC"/>
+    <w:rsid w:val="003C74D5"/>
     <w:rsid w:val="003C7A45"/>
     <w:rsid w:val="003D1340"/>
     <w:rsid w:val="003D336E"/>
+    <w:rsid w:val="003D6960"/>
     <w:rsid w:val="003E0216"/>
     <w:rsid w:val="003E166B"/>
     <w:rsid w:val="003E1D5D"/>
     <w:rsid w:val="003E2E48"/>
     <w:rsid w:val="003E436E"/>
     <w:rsid w:val="003E46B0"/>
     <w:rsid w:val="003E5CAC"/>
     <w:rsid w:val="003E637E"/>
     <w:rsid w:val="003E68A9"/>
     <w:rsid w:val="003E7CE8"/>
     <w:rsid w:val="003F14DE"/>
     <w:rsid w:val="003F19B5"/>
+    <w:rsid w:val="003F1BE5"/>
     <w:rsid w:val="003F1E7C"/>
     <w:rsid w:val="003F2094"/>
     <w:rsid w:val="003F2557"/>
     <w:rsid w:val="003F31B3"/>
     <w:rsid w:val="003F6D81"/>
     <w:rsid w:val="003F758E"/>
     <w:rsid w:val="004007C8"/>
     <w:rsid w:val="00403C14"/>
     <w:rsid w:val="004046C0"/>
     <w:rsid w:val="00404B5E"/>
     <w:rsid w:val="00404C1A"/>
     <w:rsid w:val="00405200"/>
     <w:rsid w:val="004052D6"/>
     <w:rsid w:val="0040738C"/>
     <w:rsid w:val="004073F2"/>
     <w:rsid w:val="0040743E"/>
     <w:rsid w:val="00410844"/>
     <w:rsid w:val="00410D59"/>
     <w:rsid w:val="00411FF9"/>
     <w:rsid w:val="0041508F"/>
     <w:rsid w:val="00415F5F"/>
     <w:rsid w:val="0041603C"/>
     <w:rsid w:val="004171DE"/>
     <w:rsid w:val="004172A0"/>
     <w:rsid w:val="0041756E"/>
@@ -15571,97 +13791,101 @@
     <w:rsid w:val="00515048"/>
     <w:rsid w:val="0051556B"/>
     <w:rsid w:val="00517B5E"/>
     <w:rsid w:val="00520A32"/>
     <w:rsid w:val="00520C0D"/>
     <w:rsid w:val="0052223E"/>
     <w:rsid w:val="00523D61"/>
     <w:rsid w:val="00530445"/>
     <w:rsid w:val="005305E6"/>
     <w:rsid w:val="00530BC4"/>
     <w:rsid w:val="00531638"/>
     <w:rsid w:val="005340C5"/>
     <w:rsid w:val="0054023A"/>
     <w:rsid w:val="00540785"/>
     <w:rsid w:val="0054108B"/>
     <w:rsid w:val="005419E6"/>
     <w:rsid w:val="00541D0C"/>
     <w:rsid w:val="00543916"/>
     <w:rsid w:val="00544050"/>
     <w:rsid w:val="005441F2"/>
     <w:rsid w:val="0054568B"/>
     <w:rsid w:val="00551556"/>
     <w:rsid w:val="0055197E"/>
     <w:rsid w:val="0055210F"/>
     <w:rsid w:val="005524B7"/>
+    <w:rsid w:val="00552B6A"/>
     <w:rsid w:val="0055568F"/>
     <w:rsid w:val="0055763B"/>
     <w:rsid w:val="00557BF6"/>
     <w:rsid w:val="00561445"/>
     <w:rsid w:val="00561D42"/>
     <w:rsid w:val="00562C23"/>
     <w:rsid w:val="0056347D"/>
     <w:rsid w:val="00564C6B"/>
     <w:rsid w:val="005718CE"/>
     <w:rsid w:val="00572144"/>
     <w:rsid w:val="00572E20"/>
+    <w:rsid w:val="00574BC5"/>
     <w:rsid w:val="0057597A"/>
     <w:rsid w:val="00575E49"/>
     <w:rsid w:val="00575F7F"/>
     <w:rsid w:val="005763EA"/>
     <w:rsid w:val="0057735C"/>
     <w:rsid w:val="00577601"/>
     <w:rsid w:val="0058015C"/>
     <w:rsid w:val="00580FD8"/>
     <w:rsid w:val="00581B55"/>
     <w:rsid w:val="0058290E"/>
     <w:rsid w:val="005832CB"/>
     <w:rsid w:val="0058358C"/>
     <w:rsid w:val="00584631"/>
     <w:rsid w:val="00584967"/>
     <w:rsid w:val="00584E00"/>
     <w:rsid w:val="00584F15"/>
     <w:rsid w:val="00585EC1"/>
     <w:rsid w:val="005873F5"/>
     <w:rsid w:val="005874B8"/>
     <w:rsid w:val="005878D5"/>
     <w:rsid w:val="00587A67"/>
     <w:rsid w:val="00591A00"/>
     <w:rsid w:val="00592133"/>
     <w:rsid w:val="00593E6F"/>
     <w:rsid w:val="0059786E"/>
     <w:rsid w:val="005A12E9"/>
     <w:rsid w:val="005A1BB5"/>
     <w:rsid w:val="005A2EA8"/>
     <w:rsid w:val="005A39E1"/>
     <w:rsid w:val="005A5C41"/>
     <w:rsid w:val="005A6F67"/>
+    <w:rsid w:val="005A70A7"/>
     <w:rsid w:val="005A7452"/>
     <w:rsid w:val="005B180F"/>
     <w:rsid w:val="005B1DE0"/>
     <w:rsid w:val="005B284C"/>
     <w:rsid w:val="005B3183"/>
+    <w:rsid w:val="005B3657"/>
     <w:rsid w:val="005B4BF0"/>
     <w:rsid w:val="005B51BD"/>
     <w:rsid w:val="005B6A20"/>
     <w:rsid w:val="005C0084"/>
     <w:rsid w:val="005C029C"/>
     <w:rsid w:val="005C1C57"/>
     <w:rsid w:val="005C2F1A"/>
     <w:rsid w:val="005C472F"/>
     <w:rsid w:val="005C4AC7"/>
     <w:rsid w:val="005C5914"/>
     <w:rsid w:val="005C7225"/>
     <w:rsid w:val="005D480F"/>
     <w:rsid w:val="005D4B57"/>
     <w:rsid w:val="005D4BEB"/>
     <w:rsid w:val="005D68A3"/>
     <w:rsid w:val="005E0EDE"/>
     <w:rsid w:val="005E19E8"/>
     <w:rsid w:val="005F102B"/>
     <w:rsid w:val="005F2990"/>
     <w:rsid w:val="005F2D2E"/>
     <w:rsid w:val="005F39A0"/>
     <w:rsid w:val="005F3F22"/>
     <w:rsid w:val="005F47DF"/>
     <w:rsid w:val="005F6050"/>
     <w:rsid w:val="005F6173"/>
@@ -15683,124 +13907,128 @@
     <w:rsid w:val="006214F2"/>
     <w:rsid w:val="006216A0"/>
     <w:rsid w:val="00621848"/>
     <w:rsid w:val="00621FFA"/>
     <w:rsid w:val="0062294E"/>
     <w:rsid w:val="00623AAE"/>
     <w:rsid w:val="00623FA6"/>
     <w:rsid w:val="00624B02"/>
     <w:rsid w:val="006304DC"/>
     <w:rsid w:val="00632063"/>
     <w:rsid w:val="006327B6"/>
     <w:rsid w:val="00633E66"/>
     <w:rsid w:val="0063561B"/>
     <w:rsid w:val="00635FA4"/>
     <w:rsid w:val="00636DD7"/>
     <w:rsid w:val="00640537"/>
     <w:rsid w:val="00640E15"/>
     <w:rsid w:val="00640E3F"/>
     <w:rsid w:val="006411A9"/>
     <w:rsid w:val="006418A1"/>
     <w:rsid w:val="006436AB"/>
     <w:rsid w:val="00644C24"/>
     <w:rsid w:val="006458D4"/>
     <w:rsid w:val="00645A17"/>
     <w:rsid w:val="00645F7F"/>
+    <w:rsid w:val="00646CD9"/>
     <w:rsid w:val="0064721C"/>
     <w:rsid w:val="00647EAD"/>
     <w:rsid w:val="00650B4F"/>
     <w:rsid w:val="006512EA"/>
     <w:rsid w:val="00651314"/>
     <w:rsid w:val="0065335F"/>
     <w:rsid w:val="006563D9"/>
     <w:rsid w:val="00656D29"/>
     <w:rsid w:val="00661420"/>
     <w:rsid w:val="00661DE2"/>
     <w:rsid w:val="00663687"/>
     <w:rsid w:val="00663F23"/>
     <w:rsid w:val="00664168"/>
     <w:rsid w:val="0066561E"/>
     <w:rsid w:val="00665943"/>
     <w:rsid w:val="006662D5"/>
     <w:rsid w:val="006666C7"/>
     <w:rsid w:val="006678BC"/>
     <w:rsid w:val="0067439F"/>
     <w:rsid w:val="00674FA4"/>
     <w:rsid w:val="0067535D"/>
     <w:rsid w:val="00675648"/>
     <w:rsid w:val="00676815"/>
     <w:rsid w:val="006805BB"/>
+    <w:rsid w:val="00682182"/>
     <w:rsid w:val="00684B73"/>
     <w:rsid w:val="00685E17"/>
     <w:rsid w:val="00692E60"/>
     <w:rsid w:val="00692F44"/>
     <w:rsid w:val="00694840"/>
     <w:rsid w:val="006951D0"/>
     <w:rsid w:val="00695906"/>
     <w:rsid w:val="00695E04"/>
     <w:rsid w:val="006975BA"/>
     <w:rsid w:val="006A1440"/>
     <w:rsid w:val="006A48C6"/>
     <w:rsid w:val="006A4DA7"/>
     <w:rsid w:val="006A52BF"/>
     <w:rsid w:val="006A65B4"/>
     <w:rsid w:val="006A68D3"/>
     <w:rsid w:val="006B19E9"/>
     <w:rsid w:val="006B1E12"/>
+    <w:rsid w:val="006B3B91"/>
     <w:rsid w:val="006B650D"/>
     <w:rsid w:val="006B7B02"/>
     <w:rsid w:val="006B7FFB"/>
     <w:rsid w:val="006C324C"/>
     <w:rsid w:val="006C5679"/>
     <w:rsid w:val="006C5681"/>
     <w:rsid w:val="006C5B76"/>
     <w:rsid w:val="006C64AB"/>
     <w:rsid w:val="006C6679"/>
     <w:rsid w:val="006C7751"/>
     <w:rsid w:val="006C7DFD"/>
     <w:rsid w:val="006D0D79"/>
     <w:rsid w:val="006D1602"/>
     <w:rsid w:val="006D268B"/>
     <w:rsid w:val="006D3386"/>
     <w:rsid w:val="006D3434"/>
     <w:rsid w:val="006D4431"/>
     <w:rsid w:val="006D549E"/>
     <w:rsid w:val="006D5D3E"/>
     <w:rsid w:val="006D6938"/>
     <w:rsid w:val="006D72AA"/>
     <w:rsid w:val="006E141F"/>
     <w:rsid w:val="006E2E60"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3AC1"/>
     <w:rsid w:val="006E4128"/>
     <w:rsid w:val="006E65C3"/>
     <w:rsid w:val="006F12BE"/>
     <w:rsid w:val="006F15AC"/>
     <w:rsid w:val="006F1C5F"/>
     <w:rsid w:val="006F4F7B"/>
     <w:rsid w:val="006F7184"/>
     <w:rsid w:val="006F78E4"/>
+    <w:rsid w:val="006F7BC2"/>
     <w:rsid w:val="007011A6"/>
     <w:rsid w:val="0070212C"/>
     <w:rsid w:val="00702D16"/>
     <w:rsid w:val="00705C01"/>
     <w:rsid w:val="00705E8B"/>
     <w:rsid w:val="00706DFA"/>
     <w:rsid w:val="007076CF"/>
     <w:rsid w:val="007077A8"/>
     <w:rsid w:val="00707E66"/>
     <w:rsid w:val="00707FB1"/>
     <w:rsid w:val="00710C02"/>
     <w:rsid w:val="007135CE"/>
     <w:rsid w:val="00714828"/>
     <w:rsid w:val="00715436"/>
     <w:rsid w:val="00716649"/>
     <w:rsid w:val="00716747"/>
     <w:rsid w:val="00720259"/>
     <w:rsid w:val="00722F62"/>
     <w:rsid w:val="00724DEA"/>
     <w:rsid w:val="00726133"/>
     <w:rsid w:val="00726DD9"/>
     <w:rsid w:val="00730BCF"/>
     <w:rsid w:val="00731904"/>
     <w:rsid w:val="00731F19"/>
     <w:rsid w:val="00731F9E"/>
@@ -15885,82 +14113,85 @@
     <w:rsid w:val="007D2907"/>
     <w:rsid w:val="007D47A2"/>
     <w:rsid w:val="007D5FF0"/>
     <w:rsid w:val="007D6DDD"/>
     <w:rsid w:val="007D766E"/>
     <w:rsid w:val="007E382C"/>
     <w:rsid w:val="007E41F6"/>
     <w:rsid w:val="007E5317"/>
     <w:rsid w:val="007E61D2"/>
     <w:rsid w:val="007E7B5D"/>
     <w:rsid w:val="007F00EC"/>
     <w:rsid w:val="007F2A01"/>
     <w:rsid w:val="007F2A7E"/>
     <w:rsid w:val="007F4403"/>
     <w:rsid w:val="007F4534"/>
     <w:rsid w:val="007F57BA"/>
     <w:rsid w:val="007F6455"/>
     <w:rsid w:val="007F68A1"/>
     <w:rsid w:val="00800C23"/>
     <w:rsid w:val="0080297C"/>
     <w:rsid w:val="00804F60"/>
     <w:rsid w:val="00805E03"/>
     <w:rsid w:val="00816AC3"/>
     <w:rsid w:val="00816F9D"/>
     <w:rsid w:val="008172CF"/>
+    <w:rsid w:val="00821F03"/>
     <w:rsid w:val="00822266"/>
     <w:rsid w:val="0082290E"/>
     <w:rsid w:val="00823516"/>
     <w:rsid w:val="00825031"/>
     <w:rsid w:val="00827279"/>
     <w:rsid w:val="008314A5"/>
     <w:rsid w:val="0083698D"/>
     <w:rsid w:val="00842015"/>
     <w:rsid w:val="008424F9"/>
     <w:rsid w:val="008427F8"/>
     <w:rsid w:val="00843ED1"/>
     <w:rsid w:val="00846291"/>
     <w:rsid w:val="00846BC9"/>
     <w:rsid w:val="008530F2"/>
     <w:rsid w:val="008533A8"/>
+    <w:rsid w:val="00854517"/>
     <w:rsid w:val="008553FE"/>
     <w:rsid w:val="00856E95"/>
     <w:rsid w:val="008576A8"/>
     <w:rsid w:val="00860163"/>
     <w:rsid w:val="00861DFF"/>
     <w:rsid w:val="0086214E"/>
     <w:rsid w:val="00862EC8"/>
     <w:rsid w:val="00864BBC"/>
     <w:rsid w:val="00866211"/>
     <w:rsid w:val="00867432"/>
     <w:rsid w:val="008677F6"/>
     <w:rsid w:val="0086794B"/>
     <w:rsid w:val="008702FD"/>
     <w:rsid w:val="00870549"/>
     <w:rsid w:val="00871643"/>
     <w:rsid w:val="00871B4D"/>
     <w:rsid w:val="00873293"/>
+    <w:rsid w:val="00873DA4"/>
     <w:rsid w:val="00873F51"/>
     <w:rsid w:val="00874C9F"/>
     <w:rsid w:val="008766D8"/>
     <w:rsid w:val="008775D1"/>
     <w:rsid w:val="00880706"/>
     <w:rsid w:val="00880CB7"/>
     <w:rsid w:val="00880EA5"/>
     <w:rsid w:val="0088153C"/>
     <w:rsid w:val="00881583"/>
     <w:rsid w:val="008817C7"/>
     <w:rsid w:val="00882A77"/>
     <w:rsid w:val="00883582"/>
     <w:rsid w:val="00884558"/>
     <w:rsid w:val="00884B5C"/>
     <w:rsid w:val="0088579C"/>
     <w:rsid w:val="0089018B"/>
     <w:rsid w:val="00890513"/>
     <w:rsid w:val="008932B5"/>
     <w:rsid w:val="00896407"/>
     <w:rsid w:val="00896C45"/>
     <w:rsid w:val="008A0F6C"/>
     <w:rsid w:val="008A1C37"/>
     <w:rsid w:val="008A6075"/>
     <w:rsid w:val="008B18E3"/>
     <w:rsid w:val="008B384D"/>
@@ -16022,84 +14253,88 @@
     <w:rsid w:val="00911276"/>
     <w:rsid w:val="0091161D"/>
     <w:rsid w:val="00911C50"/>
     <w:rsid w:val="00913173"/>
     <w:rsid w:val="0091354D"/>
     <w:rsid w:val="00913719"/>
     <w:rsid w:val="00914B24"/>
     <w:rsid w:val="00914C4A"/>
     <w:rsid w:val="00915654"/>
     <w:rsid w:val="009174A2"/>
     <w:rsid w:val="0092250B"/>
     <w:rsid w:val="00922A2C"/>
     <w:rsid w:val="00922F9A"/>
     <w:rsid w:val="009261F2"/>
     <w:rsid w:val="00926AA9"/>
     <w:rsid w:val="00931C44"/>
     <w:rsid w:val="00931DEF"/>
     <w:rsid w:val="00935A33"/>
     <w:rsid w:val="009368C8"/>
     <w:rsid w:val="00936AB9"/>
     <w:rsid w:val="00937A25"/>
     <w:rsid w:val="00942483"/>
     <w:rsid w:val="00943888"/>
     <w:rsid w:val="00943C12"/>
     <w:rsid w:val="00947A37"/>
+    <w:rsid w:val="009515D3"/>
     <w:rsid w:val="00951DFD"/>
     <w:rsid w:val="009529FF"/>
     <w:rsid w:val="00953726"/>
     <w:rsid w:val="00953A46"/>
     <w:rsid w:val="00954277"/>
     <w:rsid w:val="00954485"/>
     <w:rsid w:val="00956BA1"/>
     <w:rsid w:val="0096021E"/>
     <w:rsid w:val="00961346"/>
     <w:rsid w:val="009617EC"/>
     <w:rsid w:val="00961808"/>
     <w:rsid w:val="009658F9"/>
     <w:rsid w:val="0096671E"/>
     <w:rsid w:val="00967EBC"/>
     <w:rsid w:val="00972477"/>
     <w:rsid w:val="00973720"/>
     <w:rsid w:val="00973B18"/>
     <w:rsid w:val="00973B22"/>
     <w:rsid w:val="00973B8E"/>
     <w:rsid w:val="009753A0"/>
     <w:rsid w:val="00975545"/>
     <w:rsid w:val="00976F43"/>
     <w:rsid w:val="00977700"/>
     <w:rsid w:val="009807ED"/>
     <w:rsid w:val="009813BE"/>
     <w:rsid w:val="0098595B"/>
     <w:rsid w:val="00985E8B"/>
     <w:rsid w:val="009864CC"/>
     <w:rsid w:val="00986E1C"/>
+    <w:rsid w:val="00987BD2"/>
     <w:rsid w:val="00990024"/>
     <w:rsid w:val="00994587"/>
     <w:rsid w:val="00997832"/>
     <w:rsid w:val="009A0330"/>
+    <w:rsid w:val="009A2101"/>
     <w:rsid w:val="009A216B"/>
+    <w:rsid w:val="009A2B98"/>
     <w:rsid w:val="009A46AD"/>
     <w:rsid w:val="009A6C65"/>
     <w:rsid w:val="009A7E3B"/>
     <w:rsid w:val="009B0F3E"/>
     <w:rsid w:val="009B1D63"/>
     <w:rsid w:val="009B3179"/>
     <w:rsid w:val="009B35B0"/>
     <w:rsid w:val="009B369A"/>
     <w:rsid w:val="009B470F"/>
     <w:rsid w:val="009B55BB"/>
     <w:rsid w:val="009B65DE"/>
     <w:rsid w:val="009B6869"/>
     <w:rsid w:val="009B688D"/>
     <w:rsid w:val="009C05F0"/>
     <w:rsid w:val="009C14AC"/>
     <w:rsid w:val="009C2D53"/>
     <w:rsid w:val="009C3F52"/>
     <w:rsid w:val="009C45D7"/>
     <w:rsid w:val="009C5AEF"/>
     <w:rsid w:val="009D55D2"/>
     <w:rsid w:val="009D56CA"/>
     <w:rsid w:val="009D6663"/>
     <w:rsid w:val="009D6F9F"/>
     <w:rsid w:val="009E18E5"/>
     <w:rsid w:val="009E30EF"/>
@@ -16214,96 +14449,98 @@
     <w:rsid w:val="00AF551D"/>
     <w:rsid w:val="00AF6092"/>
     <w:rsid w:val="00AF7AB8"/>
     <w:rsid w:val="00B02179"/>
     <w:rsid w:val="00B03950"/>
     <w:rsid w:val="00B0489F"/>
     <w:rsid w:val="00B05B15"/>
     <w:rsid w:val="00B076D2"/>
     <w:rsid w:val="00B110B2"/>
     <w:rsid w:val="00B120D6"/>
     <w:rsid w:val="00B148C3"/>
     <w:rsid w:val="00B15887"/>
     <w:rsid w:val="00B179A8"/>
     <w:rsid w:val="00B17DDF"/>
     <w:rsid w:val="00B20D18"/>
     <w:rsid w:val="00B23211"/>
     <w:rsid w:val="00B233B8"/>
     <w:rsid w:val="00B234E3"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B2798D"/>
     <w:rsid w:val="00B31E85"/>
     <w:rsid w:val="00B32042"/>
     <w:rsid w:val="00B330F1"/>
     <w:rsid w:val="00B33598"/>
     <w:rsid w:val="00B341B2"/>
+    <w:rsid w:val="00B357EB"/>
     <w:rsid w:val="00B36230"/>
     <w:rsid w:val="00B37674"/>
     <w:rsid w:val="00B37C81"/>
     <w:rsid w:val="00B40963"/>
     <w:rsid w:val="00B41B67"/>
     <w:rsid w:val="00B43AC3"/>
     <w:rsid w:val="00B45D45"/>
     <w:rsid w:val="00B472E1"/>
     <w:rsid w:val="00B478B9"/>
     <w:rsid w:val="00B5292F"/>
     <w:rsid w:val="00B542FC"/>
     <w:rsid w:val="00B54618"/>
     <w:rsid w:val="00B546FA"/>
     <w:rsid w:val="00B554B4"/>
     <w:rsid w:val="00B563D6"/>
     <w:rsid w:val="00B6048C"/>
     <w:rsid w:val="00B60C44"/>
     <w:rsid w:val="00B63338"/>
     <w:rsid w:val="00B6539B"/>
     <w:rsid w:val="00B65B17"/>
     <w:rsid w:val="00B710DB"/>
     <w:rsid w:val="00B71E71"/>
     <w:rsid w:val="00B7235F"/>
     <w:rsid w:val="00B72C14"/>
     <w:rsid w:val="00B73380"/>
     <w:rsid w:val="00B7642E"/>
     <w:rsid w:val="00B771AB"/>
     <w:rsid w:val="00B77D85"/>
     <w:rsid w:val="00B80122"/>
     <w:rsid w:val="00B80704"/>
     <w:rsid w:val="00B80D34"/>
     <w:rsid w:val="00B828B5"/>
     <w:rsid w:val="00B83193"/>
     <w:rsid w:val="00B8333F"/>
     <w:rsid w:val="00B84F53"/>
     <w:rsid w:val="00B90113"/>
     <w:rsid w:val="00B92D70"/>
     <w:rsid w:val="00B9313D"/>
     <w:rsid w:val="00B93223"/>
     <w:rsid w:val="00B9391E"/>
     <w:rsid w:val="00B94ABE"/>
     <w:rsid w:val="00B95271"/>
     <w:rsid w:val="00B95C4C"/>
     <w:rsid w:val="00B975B1"/>
     <w:rsid w:val="00B97F2B"/>
     <w:rsid w:val="00BA3D13"/>
+    <w:rsid w:val="00BA5D7B"/>
     <w:rsid w:val="00BA66A6"/>
     <w:rsid w:val="00BB0ABC"/>
     <w:rsid w:val="00BB24A6"/>
     <w:rsid w:val="00BB27E2"/>
     <w:rsid w:val="00BB43A9"/>
     <w:rsid w:val="00BB54D2"/>
     <w:rsid w:val="00BB62B4"/>
     <w:rsid w:val="00BC06DE"/>
     <w:rsid w:val="00BC2052"/>
     <w:rsid w:val="00BC251D"/>
     <w:rsid w:val="00BC3ECC"/>
     <w:rsid w:val="00BC53A0"/>
     <w:rsid w:val="00BC6F7F"/>
     <w:rsid w:val="00BC78C5"/>
     <w:rsid w:val="00BC79DE"/>
     <w:rsid w:val="00BC7AF2"/>
     <w:rsid w:val="00BD0EAA"/>
     <w:rsid w:val="00BD16F6"/>
     <w:rsid w:val="00BD226D"/>
     <w:rsid w:val="00BD2526"/>
     <w:rsid w:val="00BD2573"/>
     <w:rsid w:val="00BD2E20"/>
     <w:rsid w:val="00BD5576"/>
     <w:rsid w:val="00BD5F32"/>
     <w:rsid w:val="00BD5F8D"/>
@@ -16323,190 +14560,198 @@
     <w:rsid w:val="00BF74F8"/>
     <w:rsid w:val="00BF7B17"/>
     <w:rsid w:val="00C00EA0"/>
     <w:rsid w:val="00C014B0"/>
     <w:rsid w:val="00C014B4"/>
     <w:rsid w:val="00C02631"/>
     <w:rsid w:val="00C029AC"/>
     <w:rsid w:val="00C03E6D"/>
     <w:rsid w:val="00C046FA"/>
     <w:rsid w:val="00C051EB"/>
     <w:rsid w:val="00C060B5"/>
     <w:rsid w:val="00C07753"/>
     <w:rsid w:val="00C10450"/>
     <w:rsid w:val="00C10EB6"/>
     <w:rsid w:val="00C115D3"/>
     <w:rsid w:val="00C119FC"/>
     <w:rsid w:val="00C12471"/>
     <w:rsid w:val="00C12A40"/>
     <w:rsid w:val="00C13ED8"/>
     <w:rsid w:val="00C14F4C"/>
     <w:rsid w:val="00C23086"/>
     <w:rsid w:val="00C2613F"/>
     <w:rsid w:val="00C26AD4"/>
     <w:rsid w:val="00C26BB1"/>
     <w:rsid w:val="00C270AD"/>
+    <w:rsid w:val="00C27A77"/>
     <w:rsid w:val="00C32671"/>
     <w:rsid w:val="00C34382"/>
     <w:rsid w:val="00C35C7D"/>
     <w:rsid w:val="00C364BB"/>
     <w:rsid w:val="00C36CA7"/>
     <w:rsid w:val="00C37644"/>
     <w:rsid w:val="00C41E0F"/>
     <w:rsid w:val="00C42232"/>
     <w:rsid w:val="00C4398A"/>
     <w:rsid w:val="00C442F5"/>
     <w:rsid w:val="00C44BA7"/>
     <w:rsid w:val="00C4530C"/>
     <w:rsid w:val="00C45E4F"/>
     <w:rsid w:val="00C47600"/>
     <w:rsid w:val="00C47901"/>
     <w:rsid w:val="00C51D56"/>
     <w:rsid w:val="00C52844"/>
     <w:rsid w:val="00C53428"/>
     <w:rsid w:val="00C5390C"/>
     <w:rsid w:val="00C55492"/>
     <w:rsid w:val="00C611B0"/>
     <w:rsid w:val="00C61FC0"/>
     <w:rsid w:val="00C6207B"/>
     <w:rsid w:val="00C638C6"/>
     <w:rsid w:val="00C64428"/>
     <w:rsid w:val="00C6767B"/>
+    <w:rsid w:val="00C72D8B"/>
     <w:rsid w:val="00C73F7B"/>
     <w:rsid w:val="00C743A3"/>
     <w:rsid w:val="00C750AD"/>
     <w:rsid w:val="00C75666"/>
     <w:rsid w:val="00C75A2D"/>
     <w:rsid w:val="00C7636D"/>
     <w:rsid w:val="00C769EF"/>
     <w:rsid w:val="00C80D99"/>
     <w:rsid w:val="00C827E6"/>
     <w:rsid w:val="00C83150"/>
     <w:rsid w:val="00C83D64"/>
     <w:rsid w:val="00C84F30"/>
     <w:rsid w:val="00C85296"/>
     <w:rsid w:val="00C85713"/>
     <w:rsid w:val="00C85D42"/>
     <w:rsid w:val="00C87396"/>
     <w:rsid w:val="00C930B4"/>
     <w:rsid w:val="00C931F3"/>
     <w:rsid w:val="00C93A82"/>
     <w:rsid w:val="00C93AB7"/>
     <w:rsid w:val="00C94162"/>
+    <w:rsid w:val="00C95AEB"/>
     <w:rsid w:val="00C964EA"/>
     <w:rsid w:val="00C96B0B"/>
     <w:rsid w:val="00CA0EFB"/>
     <w:rsid w:val="00CA154D"/>
     <w:rsid w:val="00CA15CD"/>
     <w:rsid w:val="00CA27C7"/>
     <w:rsid w:val="00CA2AB3"/>
     <w:rsid w:val="00CA2E76"/>
     <w:rsid w:val="00CA3086"/>
     <w:rsid w:val="00CA412E"/>
     <w:rsid w:val="00CA49CF"/>
     <w:rsid w:val="00CA5A4E"/>
     <w:rsid w:val="00CA6744"/>
     <w:rsid w:val="00CA68A7"/>
     <w:rsid w:val="00CA7159"/>
     <w:rsid w:val="00CA7FB8"/>
     <w:rsid w:val="00CB285A"/>
     <w:rsid w:val="00CB4C4C"/>
     <w:rsid w:val="00CB5EDF"/>
     <w:rsid w:val="00CB6F4C"/>
     <w:rsid w:val="00CC0028"/>
     <w:rsid w:val="00CC034D"/>
     <w:rsid w:val="00CC0792"/>
     <w:rsid w:val="00CC102A"/>
     <w:rsid w:val="00CC1418"/>
     <w:rsid w:val="00CC29A3"/>
     <w:rsid w:val="00CC45B8"/>
     <w:rsid w:val="00CC4D6F"/>
     <w:rsid w:val="00CC69E7"/>
     <w:rsid w:val="00CC7E99"/>
+    <w:rsid w:val="00CD078E"/>
     <w:rsid w:val="00CD095F"/>
     <w:rsid w:val="00CD2E8B"/>
     <w:rsid w:val="00CD3939"/>
     <w:rsid w:val="00CD4326"/>
     <w:rsid w:val="00CD6F71"/>
     <w:rsid w:val="00CE39EC"/>
     <w:rsid w:val="00CE62B4"/>
     <w:rsid w:val="00CE6EE3"/>
     <w:rsid w:val="00CF2E91"/>
     <w:rsid w:val="00CF337D"/>
+    <w:rsid w:val="00CF6AD0"/>
     <w:rsid w:val="00CF6D35"/>
     <w:rsid w:val="00CF73AC"/>
     <w:rsid w:val="00D00227"/>
     <w:rsid w:val="00D02E80"/>
     <w:rsid w:val="00D1117F"/>
     <w:rsid w:val="00D13DB4"/>
     <w:rsid w:val="00D15A03"/>
     <w:rsid w:val="00D163A3"/>
     <w:rsid w:val="00D1725C"/>
     <w:rsid w:val="00D17316"/>
     <w:rsid w:val="00D17BF5"/>
     <w:rsid w:val="00D20E4F"/>
     <w:rsid w:val="00D217A8"/>
+    <w:rsid w:val="00D247C3"/>
     <w:rsid w:val="00D26302"/>
     <w:rsid w:val="00D26645"/>
     <w:rsid w:val="00D26C94"/>
     <w:rsid w:val="00D31736"/>
     <w:rsid w:val="00D325AF"/>
+    <w:rsid w:val="00D32B40"/>
     <w:rsid w:val="00D33E3D"/>
     <w:rsid w:val="00D34B66"/>
     <w:rsid w:val="00D4134B"/>
     <w:rsid w:val="00D436B5"/>
     <w:rsid w:val="00D47145"/>
     <w:rsid w:val="00D526A3"/>
     <w:rsid w:val="00D5452F"/>
     <w:rsid w:val="00D5536B"/>
     <w:rsid w:val="00D55609"/>
     <w:rsid w:val="00D55AFD"/>
     <w:rsid w:val="00D56BEA"/>
     <w:rsid w:val="00D5718C"/>
     <w:rsid w:val="00D579C7"/>
     <w:rsid w:val="00D608B4"/>
     <w:rsid w:val="00D61837"/>
     <w:rsid w:val="00D62307"/>
     <w:rsid w:val="00D63451"/>
     <w:rsid w:val="00D63804"/>
     <w:rsid w:val="00D63A01"/>
     <w:rsid w:val="00D66E5C"/>
     <w:rsid w:val="00D710DA"/>
     <w:rsid w:val="00D71521"/>
     <w:rsid w:val="00D716EE"/>
     <w:rsid w:val="00D72226"/>
     <w:rsid w:val="00D7235E"/>
     <w:rsid w:val="00D72449"/>
     <w:rsid w:val="00D7262E"/>
     <w:rsid w:val="00D73D9E"/>
     <w:rsid w:val="00D74D33"/>
     <w:rsid w:val="00D75779"/>
     <w:rsid w:val="00D80C03"/>
     <w:rsid w:val="00D81421"/>
     <w:rsid w:val="00D83F89"/>
     <w:rsid w:val="00D856E4"/>
     <w:rsid w:val="00D86B75"/>
+    <w:rsid w:val="00D87343"/>
     <w:rsid w:val="00D90CFC"/>
     <w:rsid w:val="00D91530"/>
     <w:rsid w:val="00D91683"/>
     <w:rsid w:val="00D924B4"/>
     <w:rsid w:val="00D92FB9"/>
     <w:rsid w:val="00D93690"/>
     <w:rsid w:val="00D93A15"/>
     <w:rsid w:val="00D93E9E"/>
     <w:rsid w:val="00D947D6"/>
     <w:rsid w:val="00D9499C"/>
     <w:rsid w:val="00D95BA3"/>
     <w:rsid w:val="00D973BD"/>
     <w:rsid w:val="00DA0DE0"/>
     <w:rsid w:val="00DA146F"/>
     <w:rsid w:val="00DA2CD2"/>
     <w:rsid w:val="00DA3C38"/>
     <w:rsid w:val="00DA61D1"/>
     <w:rsid w:val="00DA6DA0"/>
     <w:rsid w:val="00DA76BD"/>
     <w:rsid w:val="00DB1827"/>
     <w:rsid w:val="00DB2850"/>
     <w:rsid w:val="00DB4265"/>
     <w:rsid w:val="00DB4268"/>
     <w:rsid w:val="00DB4B2A"/>
     <w:rsid w:val="00DB5F40"/>
@@ -16534,69 +14779,71 @@
     <w:rsid w:val="00DF7B6F"/>
     <w:rsid w:val="00E01825"/>
     <w:rsid w:val="00E02352"/>
     <w:rsid w:val="00E0239E"/>
     <w:rsid w:val="00E02B8D"/>
     <w:rsid w:val="00E0585C"/>
     <w:rsid w:val="00E05E38"/>
     <w:rsid w:val="00E06DF4"/>
     <w:rsid w:val="00E07282"/>
     <w:rsid w:val="00E11097"/>
     <w:rsid w:val="00E12C02"/>
     <w:rsid w:val="00E12C4E"/>
     <w:rsid w:val="00E145AC"/>
     <w:rsid w:val="00E16C01"/>
     <w:rsid w:val="00E16F1A"/>
     <w:rsid w:val="00E1737B"/>
     <w:rsid w:val="00E179E1"/>
     <w:rsid w:val="00E17D1A"/>
     <w:rsid w:val="00E20FDC"/>
     <w:rsid w:val="00E21F52"/>
     <w:rsid w:val="00E24300"/>
     <w:rsid w:val="00E258D1"/>
     <w:rsid w:val="00E27384"/>
     <w:rsid w:val="00E31699"/>
     <w:rsid w:val="00E316E9"/>
+    <w:rsid w:val="00E31A51"/>
     <w:rsid w:val="00E32481"/>
     <w:rsid w:val="00E3423B"/>
     <w:rsid w:val="00E35850"/>
     <w:rsid w:val="00E40CE2"/>
     <w:rsid w:val="00E41EB8"/>
     <w:rsid w:val="00E44851"/>
     <w:rsid w:val="00E458DD"/>
     <w:rsid w:val="00E45958"/>
     <w:rsid w:val="00E46FFD"/>
     <w:rsid w:val="00E47339"/>
     <w:rsid w:val="00E50DF1"/>
     <w:rsid w:val="00E5324C"/>
     <w:rsid w:val="00E53E79"/>
     <w:rsid w:val="00E542B4"/>
     <w:rsid w:val="00E54730"/>
     <w:rsid w:val="00E5474F"/>
     <w:rsid w:val="00E6042F"/>
     <w:rsid w:val="00E605F0"/>
     <w:rsid w:val="00E606F7"/>
+    <w:rsid w:val="00E6394E"/>
     <w:rsid w:val="00E63FD2"/>
     <w:rsid w:val="00E649E4"/>
     <w:rsid w:val="00E65FF2"/>
     <w:rsid w:val="00E66AE1"/>
     <w:rsid w:val="00E670D3"/>
     <w:rsid w:val="00E70148"/>
     <w:rsid w:val="00E7095D"/>
     <w:rsid w:val="00E733AB"/>
     <w:rsid w:val="00E743E8"/>
     <w:rsid w:val="00E7517F"/>
     <w:rsid w:val="00E753CE"/>
     <w:rsid w:val="00E76004"/>
     <w:rsid w:val="00E762CA"/>
     <w:rsid w:val="00E77E10"/>
     <w:rsid w:val="00E80678"/>
     <w:rsid w:val="00E81EBF"/>
     <w:rsid w:val="00E83A79"/>
     <w:rsid w:val="00E84176"/>
     <w:rsid w:val="00E84E02"/>
     <w:rsid w:val="00E85DE2"/>
     <w:rsid w:val="00E872DD"/>
     <w:rsid w:val="00E87C93"/>
     <w:rsid w:val="00E90978"/>
     <w:rsid w:val="00E910B4"/>
     <w:rsid w:val="00E91E73"/>
@@ -16608,50 +14855,51 @@
     <w:rsid w:val="00EA4A6F"/>
     <w:rsid w:val="00EA4AAE"/>
     <w:rsid w:val="00EA63F3"/>
     <w:rsid w:val="00EB08A2"/>
     <w:rsid w:val="00EB09DF"/>
     <w:rsid w:val="00EB3DB5"/>
     <w:rsid w:val="00EB46B6"/>
     <w:rsid w:val="00EB5913"/>
     <w:rsid w:val="00EB5D76"/>
     <w:rsid w:val="00EB5E23"/>
     <w:rsid w:val="00EB6BAD"/>
     <w:rsid w:val="00EB7409"/>
     <w:rsid w:val="00EB7812"/>
     <w:rsid w:val="00EB7FB3"/>
     <w:rsid w:val="00EC0204"/>
     <w:rsid w:val="00EC3045"/>
     <w:rsid w:val="00EC492D"/>
     <w:rsid w:val="00EC55AE"/>
     <w:rsid w:val="00ED1DB7"/>
     <w:rsid w:val="00ED2516"/>
     <w:rsid w:val="00ED2A8E"/>
     <w:rsid w:val="00ED31B8"/>
     <w:rsid w:val="00ED3ACD"/>
     <w:rsid w:val="00ED574A"/>
     <w:rsid w:val="00ED7FD8"/>
+    <w:rsid w:val="00EE1702"/>
     <w:rsid w:val="00EE2A82"/>
     <w:rsid w:val="00EE397B"/>
     <w:rsid w:val="00EE5471"/>
     <w:rsid w:val="00EE76D6"/>
     <w:rsid w:val="00EE77E0"/>
     <w:rsid w:val="00EF2321"/>
     <w:rsid w:val="00EF233D"/>
     <w:rsid w:val="00EF27A5"/>
     <w:rsid w:val="00EF56DB"/>
     <w:rsid w:val="00EF5E4A"/>
     <w:rsid w:val="00EF7C5B"/>
     <w:rsid w:val="00F00C53"/>
     <w:rsid w:val="00F015FC"/>
     <w:rsid w:val="00F044A1"/>
     <w:rsid w:val="00F0692B"/>
     <w:rsid w:val="00F10190"/>
     <w:rsid w:val="00F108FF"/>
     <w:rsid w:val="00F10D1C"/>
     <w:rsid w:val="00F124D4"/>
     <w:rsid w:val="00F13BB2"/>
     <w:rsid w:val="00F14BF5"/>
     <w:rsid w:val="00F172E9"/>
     <w:rsid w:val="00F17B57"/>
     <w:rsid w:val="00F2022A"/>
     <w:rsid w:val="00F203C4"/>
@@ -17163,57 +15411,58 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD1E2A"/>
+    <w:rsid w:val="00255748"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F20B4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Raleway SemiBold" w:eastAsia="Arial" w:hAnsi="Raleway SemiBold" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="92278F"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -17370,51 +15619,50 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004A392D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -18395,121 +16643,121 @@
     <w:rsid w:val="00710C02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b w:val="0"/>
       <w:color w:val="003366"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="Unordered List Level 1 Char,List Paragraph1 Char,Recommendation Char,List Paragraph11 Char,Bullet list Char,Dot pt Char,F5 List Paragraph Char,List Paragraph Char Char Char Char,Indicator Text Char,Numbered Para 1 Char,Bullet 1 Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D47145"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletList1">
     <w:name w:val="Bullet List 1"/>
     <w:link w:val="BulletList1Char"/>
     <w:uiPriority w:val="17"/>
     <w:qFormat/>
-    <w:rsid w:val="00781F03"/>
+    <w:rsid w:val="002256E9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="792"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Raleway" w:eastAsia="Times New Roman" w:hAnsi="Raleway" w:cs="Arial"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en" w:eastAsia="en-CA"/>
+      <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletList1Char">
     <w:name w:val="Bullet List 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BulletList1"/>
     <w:uiPriority w:val="17"/>
-    <w:rsid w:val="00781F03"/>
+    <w:rsid w:val="002256E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Raleway" w:eastAsia="Times New Roman" w:hAnsi="Raleway" w:cs="Arial"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en" w:eastAsia="en-CA"/>
+      <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber21">
     <w:name w:val="List Number 21"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="ListNumber2"/>
     <w:uiPriority w:val="16"/>
     <w:rsid w:val="0041508F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="792"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006A65B4"/>
+    <w:rsid w:val="00255748"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00997832"/>
+    <w:rsid w:val="00255748"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="792"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalanswer">
     <w:name w:val="Normal answer"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008C34C2"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="120"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00057266"/>
     <w:pPr>
@@ -19187,235 +17435,235 @@
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB9A5424507E45DD8F3CBF0DB70C5AB3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{283BD6CC-1ED5-4616-8BCB-C6F93CC46CBA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000F74CE" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="CB9A5424507E45DD8F3CBF0DB70C5AB310"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">nombre. </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14FF15106D6F43AD89C30B0CEFC60CF8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9901CE94-130B-4146-A32D-AA8097B49C3E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="14FF15106D6F43AD89C30B0CEFC60CF810"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A3AD76FB8FE34BA28FC28E571CCCF20C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{85DC9A90-D53E-4456-B630-85214DF26318}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="A3AD76FB8FE34BA28FC28E571CCCF20C10"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4CDC7FBAB624488CB1967C9CBC9BC592"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC673D77-ECD9-4A23-BF45-9E67F6AA64A0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="4CDC7FBAB624488CB1967C9CBC9BC59210"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1C5DE8341DF243E89A68E0820BE161ED"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3545B7DB-5F87-45A7-BBD7-CE8DFCE1E17D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1C5DE8341DF243E89A68E0820BE161ED10"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="963784D8CE614A548883BAE93276F1B9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8AF3E79-7102-41A9-BBCE-C965A0614A69}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="00F225FB">
           <w:pPr>
             <w:pStyle w:val="Normalanswer"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00536C79"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="92DF1E579CC64211879FB57FECEDC6AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D7D9808F-936F-4454-9DAD-0EEBB0F8B740}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
@@ -19432,51 +17680,51 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FE1252BC6AE94D8E9BB15355419C303B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3633B1C9-8AD3-4447-917E-08413E181E31}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="FE1252BC6AE94D8E9BB15355419C303B10"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D790D3AB0AB459888DF2F50D2391437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{047F20EE-9B20-4672-8B14-FECBCC06EEAC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
@@ -19493,51 +17741,51 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06FA900FAB224A55B9CBBCF3DCDE30C0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9594FF14-9480-41A1-8D73-D2322DD7AFA9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="06FA900FAB224A55B9CBBCF3DCDE30C010"/>
           </w:pPr>
           <w:r w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="76B1C16868274D44A037082F83EDB5C1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9273660D-A753-4019-A036-2B2E83FD26C6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00CC6A21" w:rsidP="00CC6A21">
@@ -19554,3863 +17802,3613 @@
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF1632C802A34CCF8C2E2A7BFD0DFA92"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F583D4E9-E2CB-4C1E-A2BE-93ACB61F9B7E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="FF1632C802A34CCF8C2E2A7BFD0DFA9210"/>
           </w:pPr>
           <w:r w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F5E4BD9EAD54582958C3E2D204D5627"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3D11508-6711-40D1-9A06-0438C9747DBA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00536C79" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3F5E4BD9EAD54582958C3E2D204D562710"/>
           </w:pPr>
           <w:r w:rsidRPr="006216A0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte, ou laisser vide s'il n'y a pas lieu.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3C9EFC8E506E4AD4AF1B60384336DA44"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74AAF575-3FF8-4641-81A8-23A82AD018E8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3C9EFC8E506E4AD4AF1B60384336DA4410"/>
           </w:pPr>
           <w:r w:rsidRPr="00F225FB">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un nombre.</w:t>
-          </w:r>
-[...91 lines deleted...]
-            <w:t xml:space="preserve">Choisissez un nombre. </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5453DFD6CFDA4D5B94289B59D61E7ABD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E739DB4-A653-47FD-B5C8-32CA48C5A89E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="00172CD4">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3605191A2E084B05821B67DCAFEB99CB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86C49843-2CB0-4786-9EA3-97BC03925399}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A6CD31AB2AC8475399693627F4C379AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{441F7DAB-05BB-4E5B-8744-B27CCED55B45}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8C857D4D36A94F6D8BD872C93C57BFD6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{625C17C7-E528-4020-B6E3-D428EE882A68}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EE44499D099D4D36B4B597FDBF997099"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7A06656C-0E0D-4B41-8644-E61C6F979D9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRPr="005C2F1A" w:rsidRDefault="00D47CD7" w:rsidP="0017183D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00A545B3"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF431D98D6DA4699AE8B8B0983B41FB2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99609D26-5CC6-412F-B278-2B3E9EC8FEAE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="DF431D98D6DA4699AE8B8B0983B41FB210"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un nombre.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4CECDF24ECB04D49A4CC6C7BE07DA2E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{79BF50CB-0EB9-4FDB-984C-16CBD0519401}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="4CECDF24ECB04D49A4CC6C7BE07DA2E210"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="243908D623E943C2BED129AF1AB7BE92"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5254132A-8FDE-4AE7-9E97-00B880DF2DD6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="243908D623E943C2BED129AF1AB7BE9210"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="72F9329382134BE38A4CE0525400AFBB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5BEDA76-22B3-4FE1-AA12-6C99B8E0CD5D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="72F9329382134BE38A4CE0525400AFBB10"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2C264828DA1B4B8EAAAB012070891D1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C6D97464-C78D-4995-902A-3CFA8FF5F654}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="2C264828DA1B4B8EAAAB012070891D1D10"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0704D184F76746959FE2B130A957E573"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6BB45F6F-0E77-47AC-8863-785D22693B8A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="0704D184F76746959FE2B130A957E57310"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3FF95701B0134A6F9129251B2E3B432B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8F00548E-9661-4C4F-8945-C156E8982CDB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3FF95701B0134A6F9129251B2E3B432B10"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E3752831C94845A5984B1E7D74F9D634"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B8B1424-998C-47F2-AF8D-67ED1B32AA75}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E3752831C94845A5984B1E7D74F9D63410"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B037F29E6BD346E5A3536C9353200DA5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE2A24B6-1BF9-454A-AF7F-2DA58901F67E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A545B3" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="B037F29E6BD346E5A3536C9353200DA510"/>
           </w:pPr>
           <w:r w:rsidRPr="0017183D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
-          </w:r>
-[...123 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer Agence de placement.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4E654D6AFEEA49E79A85A12EA9D9D06C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{63A5B6AE-1791-41C9-94DA-F9FA4A96EC40}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="4E654D6AFEEA49E79A85A12EA9D9D06C10"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément</w:t>
           </w:r>
           <w:r w:rsidRPr="005C2F1A">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="77EB0AA28EA04B88A01B41D904D78D7C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ED68C320-D119-475B-83B3-7925CA68E07D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="77EB0AA28EA04B88A01B41D904D78D7C10"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F05444A82174C89B117381201CB75EC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2F222FF1-5F26-4A0A-B356-56C54E700963}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1F05444A82174C89B117381201CB75EC10"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="15D199028EF94E1EA1BA9489DC04043B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33BB9700-5C9F-4840-AB9C-E4298B009550}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="15D199028EF94E1EA1BA9489DC04043B5"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A6301815ACB94293AB9551D7AF1B4833"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1005D99B-FA6F-43AB-A43A-7D558EEFCA60}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="A6301815ACB94293AB9551D7AF1B48335"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1231A98D7688422ABA6C59A92DCB6171"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C4F3FD8C-564A-4F83-8F4B-4257788C5162}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1231A98D7688422ABA6C59A92DCB61715"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C1C7EEBED08E4A66888D03149DE11380"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{18D214AE-C9CF-47E1-AD7C-E2350A9CD5C9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="C1C7EEBED08E4A66888D03149DE113805"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B7E17BB10E74112962E9CAF69C31219"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{82AE776F-11BD-40D1-9866-9B8131086D10}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="9B7E17BB10E74112962E9CAF69C312195"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3DE814045A384457B8272CEDEC85021C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AEAD280C-12BD-4567-B04E-D403AB576FF9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3DE814045A384457B8272CEDEC85021C5"/>
           </w:pPr>
           <w:r w:rsidRPr="00A33F17">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1C146563C1A4AADA728B7DB2713029E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{96F078C1-6B7A-4132-8F0A-61EADDEA7384}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E1C146563C1A4AADA728B7DB2713029E5"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14C971B205694046B1A0081735ED43A8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1FE9D728-A743-4D70-B6B8-CEADE2BA0766}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="14C971B205694046B1A0081735ED43A85"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="459116ED27C44E8D8719BD838E125A7C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{09DAD0FA-FB57-4680-BE73-4B2B402A49D2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="459116ED27C44E8D8719BD838E125A7C5"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6BDDA9D82C9146468D1F472D9722933B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1751EF8F-9713-4F7F-B9B4-866FAEE4283A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="6BDDA9D82C9146468D1F472D9722933B5"/>
           </w:pPr>
           <w:r w:rsidRPr="00A33F17">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="88FBB75F03C346089565F9AE5A61BD21"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{11833EB7-06C7-42F4-804C-7C2782C1FC17}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="88FBB75F03C346089565F9AE5A61BD215"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1CDD566C5EED4A27AB58FCB1E1ECD43A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{654A62A5-1A9D-454D-BDA2-698CF7FED23B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1CDD566C5EED4A27AB58FCB1E1ECD43A5"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2ABAD05A0EB64B0D81301E5DDE93D932"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{58D569E1-F2D1-4226-A8BF-E1F9E1D5583F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="2ABAD05A0EB64B0D81301E5DDE93D9325"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="298D0C4FD3C24FBDB72CA5DF455E98DB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F497842E-921F-4B3E-B674-299B9DF3854F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="298D0C4FD3C24FBDB72CA5DF455E98DB5"/>
           </w:pPr>
           <w:r w:rsidRPr="00A33F17">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="07281BCC04B2428FB8496697E55CE1B0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24DA4F64-6556-4F33-80FA-46BE009365F1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="07281BCC04B2428FB8496697E55CE1B05"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D0AC933FD854C47B732E7197490C882"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8E0E718D-D705-4E5F-BBDD-8AAD5F2738AC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1D0AC933FD854C47B732E7197490C8825"/>
           </w:pPr>
           <w:r w:rsidRPr="00444078">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EF400BA826EE48AAAC2EBACF71323360"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC21BC21-7D6F-4640-A609-1B02BB7A1391}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="EF400BA826EE48AAAC2EBACF713233605"/>
           </w:pPr>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Choisissez un </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>élément</w:t>
           </w:r>
           <w:r w:rsidRPr="006458D4">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F6295FCBF7324077962FB1C9B594D1AD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{47926312-4EFC-4E05-87F7-652C80D6C780}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="F6295FCBF7324077962FB1C9B594D1AD3"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6EB5875B56D84C56ADB086AD535E5375"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{05B3615B-F868-42F0-8055-2199332A9D8E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="6EB5875B56D84C56ADB086AD535E53753"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EF2CCF30AB2746CE9285F209D746AB21"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{98E448A4-93F5-473F-8F12-9DFF001A3348}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="EF2CCF30AB2746CE9285F209D746AB213"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C43E00097C7249DEAA7F93A7F2216592"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C37ED333-6153-4500-BA2E-055D980A1D61}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="C43E00097C7249DEAA7F93A7F22165923"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E9B02BF0533448FCA070F928F96D6074"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7989F9AC-094F-4BAC-BF3A-C0F6CFDAD90B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E9B02BF0533448FCA070F928F96D60743"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="748650C84A6242ABABDE39F9D7FEE034"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D5D7CA29-56B9-4949-96E5-BC1C741A0510}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="748650C84A6242ABABDE39F9D7FEE0343"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7932781CF687461ABD95FE78518896C7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06BBD5ED-8A33-4CC6-B53E-B8DA732B821A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="7932781CF687461ABD95FE78518896C73"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AAC2A166B77D4B8BB2E01CE2E4C00D2F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A52EC757-8D0A-4859-855E-EA213F9FC9FE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="AAC2A166B77D4B8BB2E01CE2E4C00D2F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F507040F169F44EFB61263912A717FB3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{131BF7B2-1D99-4E46-BB56-27BDB509582A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="F507040F169F44EFB61263912A717FB33"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B2F533555A58476897638D9BCC9C7B91"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1681BD44-A6FB-404F-A1F1-4C248624E976}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="B2F533555A58476897638D9BCC9C7B913"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="35960B75F9C742EE90F5D2952DE874DA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ADB1DFBE-77CF-4CD5-921C-3D0E1E4894E6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="35960B75F9C742EE90F5D2952DE874DA3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D4AFA9EF0BCE4030B6F77C02CF61D9A3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{519B676C-1362-46B1-AAF1-CC78D9673A05}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="D4AFA9EF0BCE4030B6F77C02CF61D9A33"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="57EFD6EB45F648818522C122EEA4EC8A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{756F71B4-3240-4627-ACA3-F3930A518BE9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="57EFD6EB45F648818522C122EEA4EC8A3"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3E64F491560849A18D94B7C53F35486A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BE9771E8-41AF-43C7-90F0-29CE2252EA1D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3E64F491560849A18D94B7C53F35486A3"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="58F2F080EFF44DA1A89168DF8CC8D2AF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3725E153-4465-4840-9E6C-77E1C82419E3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="58F2F080EFF44DA1A89168DF8CC8D2AF3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6030E57EE5AA452496D1196CB55DCE88"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3061067-1810-4CBC-BF15-8EC6D1718F2F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="6030E57EE5AA452496D1196CB55DCE883"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C351472437DC4BDCAC4A874334198B4F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{85F3B246-7C78-4C7E-8EFD-3C4DD868D244}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="C351472437DC4BDCAC4A874334198B4F3"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89A93CBD83CA4C60AE139E58A2754D7A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7F251AD7-32FC-4D38-B0CF-1A7E1D2EB714}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="89A93CBD83CA4C60AE139E58A2754D7A3"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E70DE4C563D14FF9BC4E8542F951D181"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D90ED02D-31D8-4449-A25E-CDE14F06966D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E70DE4C563D14FF9BC4E8542F951D1813"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="35C90DCBCBE84AB3AA31237A2892F8EC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CEEF48DE-9E18-4D74-BAC5-588513825639}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="35C90DCBCBE84AB3AA31237A2892F8EC3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5EA111DAF593422FB3CEEB0403CE83D2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E94019CC-1D19-42BB-8098-E2AD8AB685DA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="5EA111DAF593422FB3CEEB0403CE83D23"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FD41D5843E8E400893A502AD7607E9C4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1459074-85FF-4F28-A283-B120EB9B0A71}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="FD41D5843E8E400893A502AD7607E9C43"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E44E9D108BA34AB68BAF8065101941AF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D41F0CDC-8C12-45E9-AC2E-2C3F77C62803}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E44E9D108BA34AB68BAF8065101941AF3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="45AE18F19A554E2AB8800C2BB045823D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8832ADC-F813-466A-B6C2-E5EC9874B8CA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="45AE18F19A554E2AB8800C2BB045823D3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BB9FD73360F240608BF8CECE7F2AE10A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4D9E3B62-5C80-4969-AFB3-3AAE2ED76CEF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="BB9FD73360F240608BF8CECE7F2AE10A3"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2EBBBAB0CF9A4176B98E813B94B389BF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D9FEFE32-FB58-4E28-8A4A-4F01FCC32A62}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="2EBBBAB0CF9A4176B98E813B94B389BF3"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5839594217584F869D2DC6D2D58951F2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FAD9CBDF-DDB3-46CB-9E79-7C2029ADB45F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="5839594217584F869D2DC6D2D58951F23"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2CEBE432CF08479AA7C620B454DCA031"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{81A47B16-BB6D-45CC-93D6-64B047687AB0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="2CEBE432CF08479AA7C620B454DCA0313"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="735A4495E10A4865AA391A1FD9AB44F9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF12470B-7862-49D8-A6F7-10468C6DF41D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="735A4495E10A4865AA391A1FD9AB44F93"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75FDC5D12D474E34A7CD2364F7E7B62E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F3D184A6-1E37-4DDC-ACDB-453DBC76CAAE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="75FDC5D12D474E34A7CD2364F7E7B62E3"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C993A11F38864A47A11B5A4A2741D228"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A606E56-8658-426D-AD2A-BCC6B09CE341}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="C993A11F38864A47A11B5A4A2741D2283"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FDEA17EE5E3E4883A7411FC2DB080874"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7C12EF1-26F0-48B9-97FE-E12CF5B2A60E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="FDEA17EE5E3E4883A7411FC2DB0808743"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="300CA0267D1E4058911D61B7DD765F49"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DD43E02C-D434-4CED-99DD-B2BF3B8A576D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="300CA0267D1E4058911D61B7DD765F493"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2BDCFDDFA1C54ED2ACC7C0D72085D04E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F6F24379-FC84-4BD0-A6B2-95F2839E86FC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="2BDCFDDFA1C54ED2ACC7C0D72085D04E3"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8CEF3BD804464208BA96472FBE96D0F9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{020CA586-EFF0-40FE-910C-F2ADB73EEAA5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="8CEF3BD804464208BA96472FBE96D0F93"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F944BADAD2EF4BC595D1EDBAD40CC981"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C4BB3086-AA0B-457B-B0E0-D7A25815929B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="F944BADAD2EF4BC595D1EDBAD40CC9813"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1CBC7ADF5F7F41E683A83D2DF10F8CA7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8609AE69-484D-43D8-9AE5-2BCBEC59A224}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="1CBC7ADF5F7F41E683A83D2DF10F8CA73"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="10295110888441C3ACC9A0F5577D59C9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{13B1E551-4566-4908-B10F-7700EDFBA510}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="10295110888441C3ACC9A0F5577D59C93"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE8BC2213DB04B0AA7FD812B7387613E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{800F6404-4B9B-4223-89E2-5FEF8649E9BD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="AE8BC2213DB04B0AA7FD812B7387613E3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="648CE137F2D540B18A64859F830BC173"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BA0FC24E-7D91-4BC1-9FAB-575EC1682178}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="648CE137F2D540B18A64859F830BC1733"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BE891788158C43E799029B542810BC17"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{40AF4021-78A2-4286-958E-EB368F4C1E59}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="BE891788158C43E799029B542810BC173"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6DD0">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3E3D4F4EFA844498BC4241DEC407B896"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83E17A5D-DFD6-4261-A6B5-D0281FCCDAD4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="3E3D4F4EFA844498BC4241DEC407B8963"/>
           </w:pPr>
           <w:r w:rsidRPr="00263456">
             <w:rPr>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E5D1FDDAA98B4384B5D63451AB11A550"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F1BA2FF3-BEB7-4754-872F-6C9A1F5F7850}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E5D1FDDAA98B4384B5D63451AB11A5503"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="79AA856E84934BDA9EF7E97D325AF291"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{92398516-A121-467F-870F-CD2E4A7C9737}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="79AA856E84934BDA9EF7E97D325AF2913"/>
           </w:pPr>
           <w:r w:rsidRPr="00A5053E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une heure.</w:t>
-          </w:r>
-[...497 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer Agence de placement.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7BE8BC7CE34A4450A361BD38DDCCC8F5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6BFA2500-F2EF-4B81-A182-D211CA0750FB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="7BE8BC7CE34A4450A361BD38DDCCC8F51"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6F188144A94445B298CF9DE8616EAB3D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC7C2F14-364A-4788-885B-4B21BEBA5B78}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="6F188144A94445B298CF9DE8616EAB3D"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E272F7A8F7AC4263B12AF924801BE48A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F3FB30F-E97D-45CC-86F2-D226D0DF0EFB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="E272F7A8F7AC4263B12AF924801BE48A"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9D734F4755B47FFA2516B46A11BBAF1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{54EB7790-3406-4805-A92D-4E1F65783F8B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="F9D734F4755B47FFA2516B46A11BBAF1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F79A14AC7FDD427EBA043D82B29439D2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7C6F6B41-F19A-4AC5-9177-DB1FED716161}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="F79A14AC7FDD427EBA043D82B29439D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06D48E91EDDC47B7AB7C2035057463C0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3F5DCA2A-95AF-4B3D-B3CC-3744CD6350C8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="06D48E91EDDC47B7AB7C2035057463C0"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="18F5A6B09CEF4BF09865244A77C7C0DC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FCF0FF46-CD7D-43F9-8D07-AE2198B4DB02}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="18F5A6B09CEF4BF09865244A77C7C0DC"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D8CAD584E82446248F0A3A74ECD2BEFD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6186A028-7A3A-446B-892E-7BDA662C8D2F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D47CD7" w:rsidRDefault="00D47CD7" w:rsidP="00D47CD7">
           <w:pPr>
             <w:pStyle w:val="D8CAD584E82446248F0A3A74ECD2BEFD"/>
           </w:pPr>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t>Choisissez un</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> élément.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A408C7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="5B9BD5" w:themeColor="accent5"/>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:lang w:val="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="682B0E83DD4B41AF882918C8CDB22CAC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B06F1B1-4DFD-4A13-B759-55E2D1705D17}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="682B0E83DD4B41AF882918C8CDB22CAC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7F104F390B254E62A218EF1C759F8AFE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{13D2FAF0-9E4F-4CB9-ABE5-E1E9A4342641}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="7F104F390B254E62A218EF1C759F8AFE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="46AE7D1C311A4D108C3F17150F2E08AB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{25B439F7-E39B-449D-ACF1-BF0F50F83D66}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="46AE7D1C311A4D108C3F17150F2E08AB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A7822DB2373D44069C67D5FEBF78AB28"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B29388BF-8522-4EE3-9E95-79162400DB6F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="A7822DB2373D44069C67D5FEBF78AB28"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C2CF2C3223A84C4AAE1356648333EEE7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{352D7E21-8535-458C-9879-F4D3B5593EC7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="C2CF2C3223A84C4AAE1356648333EEE7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="13DF0FA55C42423C9ADDC02ECC7951E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1714B218-CFA4-4E2A-9158-0E745007F67C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="13DF0FA55C42423C9ADDC02ECC7951E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0E37D342B8BF43EDAE198F2208E5EB11"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DE1BB1D8-AAB2-4E01-89A8-9C1862E49CF3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="0E37D342B8BF43EDAE198F2208E5EB11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4A507DB01B0A470C96B33815E1EF2A56"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2525DC9F-DFAE-4A00-AECD-B5038382DEBA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="4A507DB01B0A470C96B33815E1EF2A56"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4BCC8951D8A54942958171BAFC4C93BE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5BA113D3-C323-4964-BBD1-5F4F8C75EF63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="4BCC8951D8A54942958171BAFC4C93BE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="497CFE45B8594B7A948A91777F6FE936"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AFDA6E98-F1A3-4239-BE50-FED0131C0BF8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="497CFE45B8594B7A948A91777F6FE936"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006458D4">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD3A072538914607AE06AB75859FA4F0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{968AD978-6947-4AC4-BFBB-E2EF6B0D19F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="AD3A072538914607AE06AB75859FA4F0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="000A5084168B4CBC828CFEDDF65A810D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{79EAD4E2-9D0E-4C33-A800-2D1680E3EB69}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E85E73" w:rsidRDefault="00E85E73" w:rsidP="00E85E73">
+          <w:pPr>
+            <w:pStyle w:val="000A5084168B4CBC828CFEDDF65A810D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00444078">
+            <w:rPr>
+              <w:color w:val="A02B93" w:themeColor="accent5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:lang w:val="fr-CA"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -23425,76 +21423,74 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35861085"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3D05DAE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -23847,62 +21843,64 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D0423C"/>
     <w:rsid w:val="00061614"/>
     <w:rsid w:val="000F55C2"/>
     <w:rsid w:val="000F74CE"/>
     <w:rsid w:val="00134920"/>
     <w:rsid w:val="001603FA"/>
     <w:rsid w:val="001E0065"/>
     <w:rsid w:val="002302EE"/>
     <w:rsid w:val="00231E07"/>
     <w:rsid w:val="0024275B"/>
     <w:rsid w:val="002F56F4"/>
     <w:rsid w:val="00363584"/>
     <w:rsid w:val="00394AD7"/>
     <w:rsid w:val="003E2457"/>
     <w:rsid w:val="003F1881"/>
     <w:rsid w:val="00443814"/>
     <w:rsid w:val="00536C79"/>
     <w:rsid w:val="00597DF2"/>
     <w:rsid w:val="005A0AF3"/>
     <w:rsid w:val="005B1CE6"/>
     <w:rsid w:val="005B3AA5"/>
     <w:rsid w:val="005C1025"/>
     <w:rsid w:val="007034FA"/>
+    <w:rsid w:val="00821F03"/>
     <w:rsid w:val="00A545B3"/>
     <w:rsid w:val="00B37EBB"/>
     <w:rsid w:val="00BF70F2"/>
     <w:rsid w:val="00CC6A21"/>
     <w:rsid w:val="00CF4E6C"/>
     <w:rsid w:val="00D0423C"/>
     <w:rsid w:val="00D47CD7"/>
     <w:rsid w:val="00D8089E"/>
     <w:rsid w:val="00D937DB"/>
     <w:rsid w:val="00E02EAD"/>
     <w:rsid w:val="00E1581B"/>
     <w:rsid w:val="00E33622"/>
+    <w:rsid w:val="00E85E73"/>
     <w:rsid w:val="00EE2823"/>
     <w:rsid w:val="00FA4488"/>
     <w:rsid w:val="00FF190B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -25822,50 +23820,218 @@
     <w:rsid w:val="00D47CD7"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="18F5A6B09CEF4BF09865244A77C7C0DC">
     <w:name w:val="18F5A6B09CEF4BF09865244A77C7C0DC"/>
     <w:rsid w:val="00D47CD7"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8CAD584E82446248F0A3A74ECD2BEFD">
     <w:name w:val="D8CAD584E82446248F0A3A74ECD2BEFD"/>
     <w:rsid w:val="00D47CD7"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="682B0E83DD4B41AF882918C8CDB22CAC">
+    <w:name w:val="682B0E83DD4B41AF882918C8CDB22CAC"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F104F390B254E62A218EF1C759F8AFE">
+    <w:name w:val="7F104F390B254E62A218EF1C759F8AFE"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46AE7D1C311A4D108C3F17150F2E08AB">
+    <w:name w:val="46AE7D1C311A4D108C3F17150F2E08AB"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7822DB2373D44069C67D5FEBF78AB28">
+    <w:name w:val="A7822DB2373D44069C67D5FEBF78AB28"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2CF2C3223A84C4AAE1356648333EEE7">
+    <w:name w:val="C2CF2C3223A84C4AAE1356648333EEE7"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13DF0FA55C42423C9ADDC02ECC7951E4">
+    <w:name w:val="13DF0FA55C42423C9ADDC02ECC7951E4"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E37D342B8BF43EDAE198F2208E5EB11">
+    <w:name w:val="0E37D342B8BF43EDAE198F2208E5EB11"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A507DB01B0A470C96B33815E1EF2A56">
+    <w:name w:val="4A507DB01B0A470C96B33815E1EF2A56"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BCC8951D8A54942958171BAFC4C93BE">
+    <w:name w:val="4BCC8951D8A54942958171BAFC4C93BE"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="497CFE45B8594B7A948A91777F6FE936">
+    <w:name w:val="497CFE45B8594B7A948A91777F6FE936"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD3A072538914607AE06AB75859FA4F0">
+    <w:name w:val="AD3A072538914607AE06AB75859FA4F0"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="000A5084168B4CBC828CFEDDF65A810D">
+    <w:name w:val="000A5084168B4CBC828CFEDDF65A810D"/>
+    <w:rsid w:val="00E85E73"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Grayscale">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F8F8F8"/>
@@ -26134,164 +24300,191 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A17A285C8ED92B4995931E91663026D2" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="63f68bd04dab2b5eebdac073c6b7d7b1">
-[...2 lines deleted...]
-    <xsd:import namespace="d448636a-efa1-4e00-b114-7090434a6a00"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3ca20c4f-63db-48fb-9350-04ca3f147f2d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="71e0f031-311d-404c-ab70-0612c1aa3131">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100312C7CFC5FD1CA4283ECA7A8FAF5C78B" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b347c93fa1efcea36ccb78f6e62b7c94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71e0f031-311d-404c-ab70-0612c1aa3131" xmlns:ns3="3ca20c4f-63db-48fb-9350-04ca3f147f2d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8da60ae84ca668e287e9ef83d42e4221" ns2:_="" ns3:_="">
+    <xsd:import namespace="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <xsd:import namespace="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d867d642-4ebb-41d0-bcd2-ba60a1988cd6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71e0f031-311d-404c-ab70-0612c1aa3131" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c03f8475-640f-4944-9dcc-2d3788384b7c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d448636a-efa1-4e00-b114-7090434a6a00" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ca20c4f-63db-48fb-9350-04ca3f147f2d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6361e819-ea43-4a79-984e-f69f1cb2575a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3ca20c4f-63db-48fb-9350-04ca3f147f2d">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...5 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="5" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
@@ -26337,179 +24530,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79762105-D19E-4056-891D-687A2A011097}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C2A5F1F-20D2-45BF-976C-F5EAFB78EF48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79762105-D19E-4056-891D-687A2A011097}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{274EBFA9-66B8-4098-9CF8-02D70C2AC351}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6611B6C1-9ACC-4933-A4BC-0FDEBE7F87C1}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94805C39-31C0-48F0-A7C2-D5D371B40327}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d867d642-4ebb-41d0-bcd2-ba60a1988cd6"/>
-    <ds:schemaRef ds:uri="d448636a-efa1-4e00-b114-7090434a6a00"/>
+    <ds:schemaRef ds:uri="71e0f031-311d-404c-ab70-0612c1aa3131"/>
+    <ds:schemaRef ds:uri="3ca20c4f-63db-48fb-9350-04ca3f147f2d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{034a106e-6316-442c-ad35-738afd673d2b}" enabled="1" method="Standard" siteId="{cddc1229-ac2a-4b97-b78a-0e5cacb5865c}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2507</Words>
-  <Characters>14295</Characters>
+  <Words>2694</Words>
+  <Characters>14792</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>33</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>279</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SOR RL LOGO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16769</CharactersWithSpaces>
+  <CharactersWithSpaces>17377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Processus opérationnel et modèle manuels de l'EBO</dc:title>
   <dc:subject/>
   <dc:creator>Manual SOR business process 2019</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A17A285C8ED92B4995931E91663026D2</vt:lpwstr>
+    <vt:lpwstr>0x010100312C7CFC5FD1CA4283ECA7A8FAF5C78B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_SetDate">
     <vt:lpwstr>2022-04-20T16:15:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_Name">
     <vt:lpwstr>034a106e-6316-442c-ad35-738afd673d2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_SiteId">
     <vt:lpwstr>cddc1229-ac2a-4b97-b78a-0e5cacb5865c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_034a106e-6316-442c-ad35-738afd673d2b_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>